--- v0 (2025-10-04)
+++ v1 (2026-03-22)
@@ -1,349 +1,265 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
-  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="4841C751" w14:textId="44DA7041" w:rsidR="00F82A2C" w:rsidRPr="0006135A" w:rsidRDefault="0087654A" w:rsidP="0087654A">
+    <w:p w14:paraId="7DA6F6F0" w14:textId="77777777" w:rsidR="00845415" w:rsidRDefault="00845415" w:rsidP="0006135A">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:ind w:right="-442"/>
-        <w:jc w:val="right"/>
+        <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0087654A">
-[...224 lines deleted...]
-      <w:r w:rsidRPr="0087654A">
+      <w:r>
         <w:rPr>
           <w:noProof/>
-          <w:u w:val="none"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="47EB4910" wp14:editId="285EB7D7">
-[...2 lines deleted...]
-            <wp:docPr id="40027359" name="Picture 40027359" descr="A black and blue logo&#10;&#10;AI-generated content may be incorrect."/>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B60EE63" wp14:editId="30A62C79">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>4191000</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>0</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="2575560" cy="1127760"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:wrapSquare wrapText="bothSides"/>
+            <wp:docPr id="1253922681" name="Picture 1" descr="A black background with white text&#10;&#10;AI-generated content may be incorrect."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="40027359" name="Picture 40027359" descr="A black and blue logo&#10;&#10;AI-generated content may be incorrect."/>
+                    <pic:cNvPr id="1253922681" name="Picture 1" descr="A black background with white text&#10;&#10;AI-generated content may be incorrect."/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId11"/>
+                    <a:blip r:embed="rId8">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="2564765" cy="1111398"/>
+                      <a:ext cx="2575560" cy="1127760"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
-          </wp:inline>
+          </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E884AAA" w14:textId="77777777" w:rsidR="0016068D" w:rsidRPr="00721584" w:rsidRDefault="0016068D" w:rsidP="0016068D">
+    <w:p w14:paraId="095C46EF" w14:textId="77777777" w:rsidR="00845415" w:rsidRDefault="00845415" w:rsidP="0006135A">
+      <w:pPr>
+        <w:pStyle w:val="Title"/>
+        <w:ind w:right="-442"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3419E81C" w14:textId="77777777" w:rsidR="00845415" w:rsidRDefault="00845415" w:rsidP="0006135A">
+      <w:pPr>
+        <w:pStyle w:val="Title"/>
+        <w:ind w:right="-442"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="60EA573B" w14:textId="77777777" w:rsidR="00845415" w:rsidRDefault="00845415" w:rsidP="0006135A">
+      <w:pPr>
+        <w:pStyle w:val="Title"/>
+        <w:ind w:right="-442"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="19216334" w14:textId="77777777" w:rsidR="00845415" w:rsidRDefault="00845415" w:rsidP="0006135A">
+      <w:pPr>
+        <w:pStyle w:val="Title"/>
+        <w:ind w:right="-442"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="30E78387" w14:textId="77777777" w:rsidR="001F23FD" w:rsidRDefault="00E03223" w:rsidP="0006135A">
+      <w:pPr>
+        <w:pStyle w:val="Title"/>
+        <w:ind w:right="-442"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Adult Speech and Language </w:t>
+      </w:r>
+      <w:r w:rsidR="00524F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Service</w:t>
+      </w:r>
+      <w:r w:rsidR="00747FDA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CADB061" w14:textId="77777777" w:rsidR="0006135A" w:rsidRPr="00747FDA" w:rsidRDefault="001F23FD" w:rsidP="0006135A">
+      <w:pPr>
+        <w:pStyle w:val="Title"/>
+        <w:ind w:right="-442"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Professional </w:t>
+      </w:r>
+      <w:r w:rsidR="00A57E18" w:rsidRPr="00D33B8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Referral For</w:t>
+      </w:r>
+      <w:r w:rsidR="009C0CE0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>m for Communication</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E544703" w14:textId="77777777" w:rsidR="00F82A2C" w:rsidRPr="0006135A" w:rsidRDefault="00F82A2C" w:rsidP="0016068D">
+      <w:pPr>
+        <w:pStyle w:val="Title"/>
+        <w:ind w:right="-442"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="32352CC3" w14:textId="77777777" w:rsidR="0016068D" w:rsidRPr="00721584" w:rsidRDefault="0016068D" w:rsidP="0016068D">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:ind w:right="-442"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00721584">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">Date of </w:t>
       </w:r>
       <w:r w:rsidR="00741D20" w:rsidRPr="00721584">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -357,66 +273,66 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>………………………</w:t>
       </w:r>
       <w:r w:rsidR="00951A10" w:rsidRPr="00721584">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>…………</w:t>
       </w:r>
       <w:r w:rsidR="00741D20" w:rsidRPr="00721584">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>….</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6DA5263C" w14:textId="77777777" w:rsidR="009C0CE0" w:rsidRDefault="009C0CE0" w:rsidP="001D41CF">
+    <w:p w14:paraId="3D02F341" w14:textId="77777777" w:rsidR="009C0CE0" w:rsidRDefault="009C0CE0" w:rsidP="001D41CF">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:ind w:right="-442"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs w:val="0"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="73B8BAC3" w14:textId="79333EBD" w:rsidR="005637F7" w:rsidRDefault="00A06E68" w:rsidP="001D41CF">
+    <w:p w14:paraId="353AEA38" w14:textId="77777777" w:rsidR="005637F7" w:rsidRDefault="00A06E68" w:rsidP="001D41CF">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:ind w:right="-442"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs w:val="0"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs w:val="0"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>Any sections</w:t>
       </w:r>
       <w:r w:rsidR="00222609" w:rsidRPr="005637F7">
@@ -497,109 +413,103 @@
         <w:t xml:space="preserve">processed and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs w:val="0"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">will be </w:t>
       </w:r>
       <w:r w:rsidR="00222609" w:rsidRPr="005637F7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs w:val="0"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">returned to the referrer. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10E1CB7F" w14:textId="77777777" w:rsidR="007E65D9" w:rsidRDefault="007E65D9" w:rsidP="001D41CF">
+    <w:p w14:paraId="30382582" w14:textId="77777777" w:rsidR="007E65D9" w:rsidRDefault="007E65D9" w:rsidP="001D41CF">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:ind w:right="-442"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs w:val="0"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="414875F8" w14:textId="7E9B6C57" w:rsidR="007E65D9" w:rsidRDefault="00201217" w:rsidP="001D41CF">
+    <w:p w14:paraId="7503CAC8" w14:textId="77777777" w:rsidR="007E65D9" w:rsidRDefault="00201217" w:rsidP="001D41CF">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:ind w:right="-442"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs w:val="0"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidR="007E65D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>ick a minimum of one of the following boxes:</w:t>
       </w:r>
-      <w:r w:rsidR="0087654A" w:rsidRPr="0087654A">
-[...4 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="13E272BA" w14:textId="77777777" w:rsidR="007E65D9" w:rsidRDefault="005864C9" w:rsidP="001D41CF">
+    <w:p w14:paraId="2D8763B4" w14:textId="77777777" w:rsidR="007E65D9" w:rsidRDefault="005864C9" w:rsidP="001D41CF">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:ind w:right="-442"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00226914">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
@@ -643,90 +553,90 @@
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00794928">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:u w:val="none"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="001D41CF" w:rsidRPr="001D41CF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="715815EB" w14:textId="77777777" w:rsidR="007E65D9" w:rsidRDefault="007E65D9" w:rsidP="00794928">
+    <w:p w14:paraId="3E08AC69" w14:textId="77777777" w:rsidR="007E65D9" w:rsidRDefault="007E65D9" w:rsidP="00794928">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:ind w:right="-442"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidR="000D2704" w:rsidRPr="000D2704">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Or</w:t>
       </w:r>
       <w:r w:rsidR="000D2704">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B4DDC18" w14:textId="77777777" w:rsidR="00794928" w:rsidRPr="007E65D9" w:rsidRDefault="007E65D9" w:rsidP="00A06E68">
+    <w:p w14:paraId="6DCAFE93" w14:textId="77777777" w:rsidR="00794928" w:rsidRPr="007E65D9" w:rsidRDefault="007E65D9" w:rsidP="00A06E68">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:ind w:left="720" w:right="-442" w:hanging="720"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidR="00A06E68">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -822,66 +732,66 @@
               <w:u w:val="none"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="001D41CF" w:rsidRPr="001D41CF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55016B25" w14:textId="77777777" w:rsidR="00A06E68" w:rsidRDefault="00A06E68" w:rsidP="00794928">
+    <w:p w14:paraId="1F9543B7" w14:textId="77777777" w:rsidR="00A06E68" w:rsidRDefault="00A06E68" w:rsidP="00794928">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:ind w:right="-442"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs w:val="0"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="32784FE5" w14:textId="77777777" w:rsidR="007E65D9" w:rsidRPr="007E65D9" w:rsidRDefault="00201217" w:rsidP="00794928">
+    <w:p w14:paraId="3C539620" w14:textId="77777777" w:rsidR="007E65D9" w:rsidRPr="007E65D9" w:rsidRDefault="00201217" w:rsidP="00794928">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:ind w:right="-442"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs w:val="0"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>F</w:t>
       </w:r>
       <w:r w:rsidR="007E65D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -890,81 +800,81 @@
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>ully review the exclusion criteria below before completing the form.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="181" w:rightFromText="181" w:vertAnchor="text" w:horzAnchor="page" w:tblpX="821" w:tblpY="266"/>
         <w:tblOverlap w:val="never"/>
         <w:tblW w:w="10343" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10343"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000A3CED" w:rsidRPr="00D10D71" w14:paraId="0F03AE8B" w14:textId="77777777" w:rsidTr="006905AB">
+      <w:tr w:rsidR="000A3CED" w:rsidRPr="00D10D71" w14:paraId="06085DB3" w14:textId="77777777" w:rsidTr="006905AB">
         <w:trPr>
           <w:trHeight w:val="373"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10343" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4C9DDBC8" w14:textId="77777777" w:rsidR="009C0CE0" w:rsidRPr="00F87E78" w:rsidRDefault="009C0CE0" w:rsidP="009C0CE0">
+          <w:p w14:paraId="6DB330E0" w14:textId="77777777" w:rsidR="009C0CE0" w:rsidRPr="00F87E78" w:rsidRDefault="009C0CE0" w:rsidP="009C0CE0">
             <w:pPr>
               <w:pStyle w:val="Subtitle"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F87E78">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve">PATIENT DETAILS </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5F056E75" w14:textId="77777777" w:rsidR="009C0CE0" w:rsidRDefault="009C0CE0" w:rsidP="009C0CE0">
+          <w:p w14:paraId="0E66E6C2" w14:textId="77777777" w:rsidR="009C0CE0" w:rsidRDefault="009C0CE0" w:rsidP="009C0CE0">
             <w:pPr>
               <w:pStyle w:val="Subtitle"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00226914">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:u w:val="none"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
             <w:r w:rsidRPr="000A3CED">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
@@ -988,51 +898,51 @@
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:u w:val="none"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
             <w:r w:rsidRPr="000A3CED">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:u w:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">Patient </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:u w:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">telephone number: </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6E6B606F" w14:textId="77777777" w:rsidR="009C0CE0" w:rsidRPr="00FC275E" w:rsidRDefault="009C0CE0" w:rsidP="009C0CE0">
+          <w:p w14:paraId="1CAF4AD0" w14:textId="77777777" w:rsidR="009C0CE0" w:rsidRPr="00FC275E" w:rsidRDefault="009C0CE0" w:rsidP="009C0CE0">
             <w:pPr>
               <w:pStyle w:val="Subtitle"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00226914">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:u w:val="none"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
             <w:r w:rsidRPr="000A3CED">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
@@ -1046,51 +956,51 @@
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:u w:val="none"/>
               </w:rPr>
               <w:t>ate of Birth</w:t>
             </w:r>
             <w:r w:rsidRPr="000A3CED">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:u w:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">:                                                                         </w:t>
             </w:r>
             <w:r w:rsidRPr="00FC275E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:u w:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">NHS Number:                                                                      </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="285F6BAD" w14:textId="77777777" w:rsidR="009C0CE0" w:rsidRDefault="009C0CE0" w:rsidP="009C0CE0">
+          <w:p w14:paraId="0BD5D918" w14:textId="77777777" w:rsidR="009C0CE0" w:rsidRDefault="009C0CE0" w:rsidP="009C0CE0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00226914">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
             <w:r w:rsidRPr="000A3CED">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="19"/>
@@ -1106,73 +1016,73 @@
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00226914">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
             <w:r w:rsidRPr="000A3CED">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>Registered GP Practice:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6FB28E4E" w14:textId="77777777" w:rsidR="009C0CE0" w:rsidRPr="00FC275E" w:rsidRDefault="009C0CE0" w:rsidP="009C0CE0">
+          <w:p w14:paraId="25F624CB" w14:textId="77777777" w:rsidR="009C0CE0" w:rsidRPr="00FC275E" w:rsidRDefault="009C0CE0" w:rsidP="009C0CE0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC275E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>Email Address (if available):</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="300A4AF6" w14:textId="77777777" w:rsidR="009C0CE0" w:rsidRPr="00794928" w:rsidRDefault="009C0CE0" w:rsidP="009C0CE0">
+          <w:p w14:paraId="6EEE46A0" w14:textId="77777777" w:rsidR="009C0CE0" w:rsidRPr="00794928" w:rsidRDefault="009C0CE0" w:rsidP="009C0CE0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00794928">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve">Interpreter Required:    Yes  </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="19"/>
                   <w:szCs w:val="19"/>
@@ -1194,51 +1104,51 @@
                     <w:szCs w:val="19"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidRPr="00794928">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve">      Language:  </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve">                Preferred Interpreter Gender:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="15EA8654" w14:textId="0ADDD5D8" w:rsidR="009C0CE0" w:rsidRPr="00794928" w:rsidRDefault="009C0CE0" w:rsidP="009C0CE0">
+          <w:p w14:paraId="461861E2" w14:textId="77777777" w:rsidR="009C0CE0" w:rsidRPr="00794928" w:rsidRDefault="009C0CE0" w:rsidP="009C0CE0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00794928">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve">Does the patient need help with appointment </w:t>
             </w:r>
             <w:r w:rsidRPr="00794928">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
@@ -1256,51 +1166,51 @@
             <w:r w:rsidRPr="00794928">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00794928">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00794928">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="612FF884" w14:textId="77777777" w:rsidR="009C0CE0" w:rsidRDefault="009C0CE0" w:rsidP="009C0CE0">
+          <w:p w14:paraId="306FFB63" w14:textId="77777777" w:rsidR="009C0CE0" w:rsidRDefault="009C0CE0" w:rsidP="009C0CE0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00794928">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes  </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="19"/>
                   <w:szCs w:val="19"/>
@@ -1355,51 +1265,51 @@
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>P</w:t>
             </w:r>
             <w:r w:rsidRPr="00794928">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve">lease give details: </w:t>
             </w:r>
             <w:r w:rsidRPr="00794928">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="085DBC0B" w14:textId="77777777" w:rsidR="00BA7EA6" w:rsidRPr="003E37A9" w:rsidRDefault="009C0CE0" w:rsidP="009C0CE0">
+          <w:p w14:paraId="530BC81A" w14:textId="77777777" w:rsidR="00BA7EA6" w:rsidRPr="003E37A9" w:rsidRDefault="009C0CE0" w:rsidP="009C0CE0">
             <w:pPr>
               <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00794928">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve">Is the patient considered to be in the last weeks/days of life?           Yes  </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="19"/>
                   <w:szCs w:val="19"/>
@@ -1442,109 +1352,109 @@
                   <w:szCs w:val="19"/>
                 </w:rPr>
                 <w:id w:val="-1494022150"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidRPr="00794928">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="19"/>
                     <w:szCs w:val="19"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00384FB3" w:rsidRPr="00D10D71" w14:paraId="1852E780" w14:textId="77777777" w:rsidTr="006905AB">
+      <w:tr w:rsidR="00384FB3" w:rsidRPr="00D10D71" w14:paraId="6C0B2E12" w14:textId="77777777" w:rsidTr="006905AB">
         <w:trPr>
           <w:trHeight w:val="464"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10343" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1B4BB4FC" w14:textId="77777777" w:rsidR="00267C7F" w:rsidRDefault="00051713" w:rsidP="006905AB">
+          <w:p w14:paraId="09FF3DC0" w14:textId="77777777" w:rsidR="00267C7F" w:rsidRDefault="00051713" w:rsidP="006905AB">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB14BF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
             <w:r w:rsidR="00384FB3" w:rsidRPr="00F87E78">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">REFERRED </w:t>
             </w:r>
             <w:r w:rsidR="00384FB3" w:rsidRPr="0006135A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>BY</w:t>
             </w:r>
             <w:r w:rsidR="00384FB3" w:rsidRPr="00F87E78">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="426ADAA6" w14:textId="77777777" w:rsidR="00B662B7" w:rsidRPr="000A3CED" w:rsidRDefault="00384FB3" w:rsidP="006905AB">
+          <w:p w14:paraId="1FF09830" w14:textId="77777777" w:rsidR="00B662B7" w:rsidRPr="000A3CED" w:rsidRDefault="00384FB3" w:rsidP="006905AB">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F87E78">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="000A3CED">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve">Name:                                    </w:t>
             </w:r>
@@ -1634,159 +1544,159 @@
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>.:</w:t>
             </w:r>
             <w:r w:rsidRPr="000A3CED">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidRPr="000A3CED">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve">    </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000D1E6A" w:rsidRPr="00D10D71" w14:paraId="6E4C3206" w14:textId="77777777" w:rsidTr="006905AB">
+      <w:tr w:rsidR="000D1E6A" w:rsidRPr="00D10D71" w14:paraId="4CEA3576" w14:textId="77777777" w:rsidTr="006905AB">
         <w:trPr>
           <w:trHeight w:val="464"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10343" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3F87E122" w14:textId="77777777" w:rsidR="000D1E6A" w:rsidRDefault="000D1E6A" w:rsidP="000D1E6A">
+          <w:p w14:paraId="03F35111" w14:textId="77777777" w:rsidR="000D1E6A" w:rsidRDefault="000D1E6A" w:rsidP="000D1E6A">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">EXCLUSION CRITERIA </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5AD4A1B4" w14:textId="77777777" w:rsidR="000D1E6A" w:rsidRDefault="000D1E6A" w:rsidP="000D1E6A">
+          <w:p w14:paraId="2879BBA4" w14:textId="77777777" w:rsidR="000D1E6A" w:rsidRDefault="000D1E6A" w:rsidP="000D1E6A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D2615">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>The service is unable to accept referrals fo</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>r individuals</w:t>
             </w:r>
             <w:r w:rsidRPr="006D2615">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2A4C53C1" w14:textId="77777777" w:rsidR="000D1E6A" w:rsidRPr="002942FE" w:rsidRDefault="000D1E6A" w:rsidP="000D1E6A">
+          <w:p w14:paraId="61203A79" w14:textId="77777777" w:rsidR="000D1E6A" w:rsidRPr="002942FE" w:rsidRDefault="000D1E6A" w:rsidP="000D1E6A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="4D35D307" w14:textId="77777777" w:rsidR="002942FE" w:rsidRPr="002942FE" w:rsidRDefault="002942FE" w:rsidP="00B04087">
+          <w:p w14:paraId="2C702121" w14:textId="77777777" w:rsidR="002942FE" w:rsidRPr="002942FE" w:rsidRDefault="002942FE" w:rsidP="00B04087">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002942FE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve">under 18 or without a Barnsley GP. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="24ED8B10" w14:textId="77777777" w:rsidR="000D1E6A" w:rsidRPr="00DD4CE3" w:rsidRDefault="000D1E6A" w:rsidP="00B04087">
+          <w:p w14:paraId="64B3BB6A" w14:textId="77777777" w:rsidR="000D1E6A" w:rsidRPr="00DD4CE3" w:rsidRDefault="000D1E6A" w:rsidP="00B04087">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006905AB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve">who </w:t>
             </w:r>
             <w:r w:rsidR="00A06E68">
@@ -1821,51 +1731,51 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DD4CE3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r w:rsidRPr="00DD4CE3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>contact the relevant inpatient service.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="47FC9E48" w14:textId="77777777" w:rsidR="000D1E6A" w:rsidRPr="00DD4CE3" w:rsidRDefault="000D1E6A" w:rsidP="00B04087">
+          <w:p w14:paraId="5E29B5D6" w14:textId="77777777" w:rsidR="000D1E6A" w:rsidRPr="00DD4CE3" w:rsidRDefault="000D1E6A" w:rsidP="00B04087">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve">whose difficulties are the result of </w:t>
             </w:r>
             <w:r w:rsidRPr="006905AB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -1896,51 +1806,51 @@
               <w:t>contact the Barnsley Adult Learning Disability</w:t>
             </w:r>
             <w:r w:rsidR="00DD4CE3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DD4CE3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve">Health Service. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="41511635" w14:textId="77777777" w:rsidR="000D1E6A" w:rsidRPr="00DD4CE3" w:rsidRDefault="000D1E6A" w:rsidP="00B04087">
+          <w:p w14:paraId="0131B4E7" w14:textId="77777777" w:rsidR="000D1E6A" w:rsidRPr="00DD4CE3" w:rsidRDefault="000D1E6A" w:rsidP="00B04087">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>whose difficulties</w:t>
             </w:r>
             <w:r w:rsidR="00A06E68">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -1973,51 +1883,51 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DD4CE3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r w:rsidRPr="00DD4CE3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>contact Barnsley Community Stroke Rehabilitation Team.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5ECDD83A" w14:textId="77777777" w:rsidR="000D1E6A" w:rsidRPr="00DD4CE3" w:rsidRDefault="000D1E6A" w:rsidP="00B04087">
+          <w:p w14:paraId="6AF5B371" w14:textId="77777777" w:rsidR="000D1E6A" w:rsidRPr="00DD4CE3" w:rsidRDefault="000D1E6A" w:rsidP="00B04087">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>whose</w:t>
             </w:r>
             <w:r w:rsidRPr="006905AB">
@@ -2068,137 +1978,74 @@
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidRPr="006905AB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DD4CE3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>contact ENT services at Barnsley Hospital NHS Foundation Trust via their GP.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="19ED1545" w14:textId="77777777" w:rsidR="000D1E6A" w:rsidRPr="00794928" w:rsidRDefault="009C0CE0" w:rsidP="00B04087">
+          <w:p w14:paraId="53DFD48E" w14:textId="77777777" w:rsidR="00BD5408" w:rsidRPr="009C0CE0" w:rsidRDefault="009C0CE0" w:rsidP="00BD5408">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>i</w:t>
             </w:r>
-            <w:r w:rsidR="009B61EB">
-[...61 lines deleted...]
-            </w:r>
             <w:r w:rsidR="000D1E6A" w:rsidRPr="00794928">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve">f the patient or </w:t>
             </w:r>
             <w:r w:rsidR="00983157">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve">carer / partner </w:t>
             </w:r>
             <w:r w:rsidR="000D1E6A" w:rsidRPr="00794928">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve">is unable to commit to attending appointments and </w:t>
             </w:r>
             <w:r w:rsidR="009B61EB" w:rsidRPr="00794928">
@@ -2231,128 +2078,128 @@
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidR="000D1E6A" w:rsidRPr="00794928">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>between appointments</w:t>
             </w:r>
             <w:r w:rsidR="000D1E6A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7C2813D3" w14:textId="77777777" w:rsidR="009C0CE0" w:rsidRDefault="009C0CE0">
+    <w:p w14:paraId="5011BC98" w14:textId="77777777" w:rsidR="009C0CE0" w:rsidRDefault="009C0CE0">
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="181" w:rightFromText="181" w:vertAnchor="text" w:horzAnchor="page" w:tblpX="821" w:tblpY="266"/>
         <w:tblOverlap w:val="never"/>
         <w:tblW w:w="10343" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10343"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0007306D" w:rsidRPr="00D10D71" w14:paraId="1E321B44" w14:textId="77777777" w:rsidTr="009C0CE0">
+      <w:tr w:rsidR="0007306D" w:rsidRPr="00D10D71" w14:paraId="102AF0FB" w14:textId="77777777" w:rsidTr="009C0CE0">
         <w:trPr>
           <w:trHeight w:val="5944"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10343" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="288D8B67" w14:textId="77777777" w:rsidR="0007306D" w:rsidRPr="00225F80" w:rsidRDefault="0007306D" w:rsidP="0007306D">
+          <w:p w14:paraId="537CED0F" w14:textId="77777777" w:rsidR="0007306D" w:rsidRPr="00225F80" w:rsidRDefault="0007306D" w:rsidP="0007306D">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB14BF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>*</w:t>
             </w:r>
             <w:r w:rsidRPr="006D2E9F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>REASON FOR REFERRAL</w:t>
             </w:r>
             <w:r w:rsidRPr="00AC3B1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5929AABC" w14:textId="77777777" w:rsidR="001C0F2E" w:rsidRPr="009C0CE0" w:rsidRDefault="0007306D" w:rsidP="009C0CE0">
+          <w:p w14:paraId="7A9F2A1E" w14:textId="77777777" w:rsidR="001C0F2E" w:rsidRPr="009C0CE0" w:rsidRDefault="0007306D" w:rsidP="009C0CE0">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00417868">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>(please tick</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
@@ -2382,51 +2229,51 @@
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidRPr="00417868">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>failure to specify will result in the referral being rejected</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>):</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2E87D09B" w14:textId="77777777" w:rsidR="001C0F2E" w:rsidRDefault="004109DF" w:rsidP="00EA5AAC">
+          <w:p w14:paraId="471FC0A7" w14:textId="77777777" w:rsidR="001C0F2E" w:rsidRDefault="00147C8B" w:rsidP="00EA5AAC">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="MS Gothic" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:eastAsia="MS Gothic" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:bCs/>
                   <w:sz w:val="19"/>
                   <w:szCs w:val="19"/>
                 </w:rPr>
                 <w:id w:val="237143513"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -2457,51 +2304,51 @@
                 <w:bCs/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>Expressive communication difficulty e.g. difficult</w:t>
             </w:r>
             <w:r w:rsidR="00A06E68">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="MS Gothic" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>y</w:t>
             </w:r>
             <w:r w:rsidR="0007306D" w:rsidRPr="00BA358D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="MS Gothic" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> finding the right words, using the wrong words, </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2B5A89C6" w14:textId="77777777" w:rsidR="0007306D" w:rsidRPr="001C0F2E" w:rsidRDefault="001C0F2E" w:rsidP="00EA5AAC">
+          <w:p w14:paraId="282E94F8" w14:textId="77777777" w:rsidR="0007306D" w:rsidRPr="001C0F2E" w:rsidRDefault="001C0F2E" w:rsidP="00EA5AAC">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="MS Gothic" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="MS Gothic" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve">            </w:t>
             </w:r>
             <w:r w:rsidR="0007306D" w:rsidRPr="00BA358D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="MS Gothic" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
@@ -2541,51 +2388,51 @@
                     <w:szCs w:val="19"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidRPr="006905AB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve">        </w:t>
             </w:r>
             <w:r w:rsidR="0007306D" w:rsidRPr="00BA358D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="MS Gothic" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>Receptive communication e.g. difficulty understanding words, sentences, conversations</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4B644500" w14:textId="77777777" w:rsidR="001C0F2E" w:rsidRDefault="004109DF" w:rsidP="00EA5AAC">
+          <w:p w14:paraId="1E15C0D1" w14:textId="77777777" w:rsidR="001C0F2E" w:rsidRDefault="00147C8B" w:rsidP="00EA5AAC">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="MS Gothic" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:eastAsia="MS Gothic" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:bCs/>
                   <w:sz w:val="19"/>
                   <w:szCs w:val="19"/>
                 </w:rPr>
                 <w:id w:val="-1037579380"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -2598,80 +2445,80 @@
                     <w:szCs w:val="19"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="001C0F2E" w:rsidRPr="006905AB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve">        </w:t>
             </w:r>
             <w:r w:rsidR="0007306D" w:rsidRPr="00BA358D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="MS Gothic" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve">Alternative and Augmentative Communication (AAC) e.g. using or may require a communication book or </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="60B7E332" w14:textId="77777777" w:rsidR="001C0F2E" w:rsidRDefault="001C0F2E" w:rsidP="00EA5AAC">
+          <w:p w14:paraId="4392D9C8" w14:textId="77777777" w:rsidR="001C0F2E" w:rsidRDefault="001C0F2E" w:rsidP="00EA5AAC">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="MS Gothic" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="MS Gothic" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve">            </w:t>
             </w:r>
             <w:r w:rsidR="0007306D" w:rsidRPr="00BA358D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="MS Gothic" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>technical device to help support their communication</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0993D8F9" w14:textId="77777777" w:rsidR="001C0F2E" w:rsidRDefault="004109DF" w:rsidP="00EA5AAC">
+          <w:p w14:paraId="73B9AEE9" w14:textId="77777777" w:rsidR="001C0F2E" w:rsidRDefault="00147C8B" w:rsidP="00EA5AAC">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="MS Gothic" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:eastAsia="MS Gothic" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:bCs/>
                   <w:sz w:val="19"/>
                   <w:szCs w:val="19"/>
                 </w:rPr>
                 <w:id w:val="1091053932"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -2684,51 +2531,51 @@
                     <w:szCs w:val="19"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="001C0F2E" w:rsidRPr="006905AB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve">        </w:t>
             </w:r>
             <w:r w:rsidR="0007306D" w:rsidRPr="00BA358D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="MS Gothic" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>Speech e.g. dysarthria, speech may be slurred or quiet</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="07F779D7" w14:textId="77777777" w:rsidR="001C0F2E" w:rsidRDefault="004109DF" w:rsidP="00EA5AAC">
+          <w:p w14:paraId="35781802" w14:textId="77777777" w:rsidR="001C0F2E" w:rsidRDefault="00147C8B" w:rsidP="00EA5AAC">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="MS Gothic" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:eastAsia="MS Gothic" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:bCs/>
                   <w:sz w:val="19"/>
                   <w:szCs w:val="19"/>
                 </w:rPr>
                 <w:id w:val="313073025"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -2777,98 +2624,98 @@
                 <w:bCs/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>communication disorder</w:t>
             </w:r>
             <w:r w:rsidR="00A06E68">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="MS Gothic" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="0007306D" w:rsidRPr="00BA358D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="MS Gothic" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve">e.g. difficulties staying on topic, planning what they want to say, paying </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3C09D51E" w14:textId="77777777" w:rsidR="001C0F2E" w:rsidRDefault="001C0F2E" w:rsidP="00EA5AAC">
+          <w:p w14:paraId="5B3DC5D7" w14:textId="77777777" w:rsidR="001C0F2E" w:rsidRDefault="001C0F2E" w:rsidP="00EA5AAC">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="MS Gothic" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="MS Gothic" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve">            </w:t>
             </w:r>
             <w:r w:rsidR="0007306D" w:rsidRPr="00BA358D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="MS Gothic" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>attention and/or following complex discussion, losing train of thought when</w:t>
             </w:r>
             <w:r w:rsidR="00EA5AAC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="MS Gothic" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="0007306D" w:rsidRPr="00BA358D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="MS Gothic" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>talking</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6041B996" w14:textId="77777777" w:rsidR="001C0F2E" w:rsidRDefault="004109DF" w:rsidP="00EA5AAC">
+          <w:p w14:paraId="6BDB9D06" w14:textId="77777777" w:rsidR="001C0F2E" w:rsidRDefault="00147C8B" w:rsidP="00EA5AAC">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="MS Gothic" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:eastAsia="MS Gothic" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:bCs/>
                   <w:sz w:val="19"/>
                   <w:szCs w:val="19"/>
                 </w:rPr>
                 <w:id w:val="-867991960"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -2935,80 +2782,80 @@
                 <w:bCs/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
             <w:r w:rsidR="0007306D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="MS Gothic" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="0007306D" w:rsidRPr="00BA358D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="MS Gothic" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve">friends how to better support someone with </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="54799997" w14:textId="77777777" w:rsidR="0007306D" w:rsidRPr="00BA358D" w:rsidRDefault="001C0F2E" w:rsidP="00EA5AAC">
+          <w:p w14:paraId="6323D9CD" w14:textId="77777777" w:rsidR="0007306D" w:rsidRPr="00BA358D" w:rsidRDefault="001C0F2E" w:rsidP="00EA5AAC">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="MS Gothic" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="MS Gothic" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve">            </w:t>
             </w:r>
             <w:r w:rsidR="0007306D" w:rsidRPr="00BA358D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="MS Gothic" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>changes to their communication</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5806177C" w14:textId="77777777" w:rsidR="001C0F2E" w:rsidRDefault="004109DF" w:rsidP="00EA5AAC">
+          <w:p w14:paraId="71677997" w14:textId="77777777" w:rsidR="001C0F2E" w:rsidRDefault="00147C8B" w:rsidP="00EA5AAC">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="MS Gothic" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:eastAsia="MS Gothic" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:bCs/>
                   <w:sz w:val="19"/>
                   <w:szCs w:val="19"/>
                 </w:rPr>
                 <w:id w:val="-1047522482"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -3021,51 +2868,51 @@
                     <w:szCs w:val="19"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="001C0F2E" w:rsidRPr="006905AB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve">        </w:t>
             </w:r>
             <w:r w:rsidR="0007306D" w:rsidRPr="00BA358D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="MS Gothic" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>Voice banking</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7CBFE3E2" w14:textId="77777777" w:rsidR="0007306D" w:rsidRPr="00BA358D" w:rsidRDefault="004109DF" w:rsidP="00EA5AAC">
+          <w:p w14:paraId="29B09A2E" w14:textId="77777777" w:rsidR="0007306D" w:rsidRPr="00BA358D" w:rsidRDefault="00147C8B" w:rsidP="00EA5AAC">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="MS Gothic" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:eastAsia="MS Gothic" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:bCs/>
                   <w:sz w:val="19"/>
                   <w:szCs w:val="19"/>
                 </w:rPr>
                 <w:id w:val="648861767"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -3087,51 +2934,51 @@
                 <w:bCs/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve">        </w:t>
             </w:r>
             <w:r w:rsidR="0007306D" w:rsidRPr="00BA358D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="MS Gothic" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>Stammer</w:t>
             </w:r>
             <w:r w:rsidR="00A06E68">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="MS Gothic" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>ing</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="68964E42" w14:textId="77777777" w:rsidR="001C0F2E" w:rsidRDefault="004109DF" w:rsidP="00EA5AAC">
+          <w:p w14:paraId="7717A828" w14:textId="77777777" w:rsidR="001C0F2E" w:rsidRDefault="00147C8B" w:rsidP="00EA5AAC">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="MS Gothic" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:eastAsia="MS Gothic" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:bCs/>
                   <w:sz w:val="19"/>
                   <w:szCs w:val="19"/>
                 </w:rPr>
                 <w:id w:val="115034281"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -3144,51 +2991,51 @@
                     <w:szCs w:val="19"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="001C0F2E" w:rsidRPr="006905AB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve">        </w:t>
             </w:r>
             <w:r w:rsidR="0007306D" w:rsidRPr="00BA358D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="MS Gothic" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>Developmental Language Disorder</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="69452F3D" w14:textId="77777777" w:rsidR="00EA5AAC" w:rsidRPr="009C0CE0" w:rsidRDefault="004109DF" w:rsidP="009C0CE0">
+          <w:p w14:paraId="619AF161" w14:textId="77777777" w:rsidR="00EA5AAC" w:rsidRPr="009C0CE0" w:rsidRDefault="00147C8B" w:rsidP="009C0CE0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="MS Gothic" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:eastAsia="MS Gothic" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:bCs/>
                   <w:sz w:val="19"/>
                   <w:szCs w:val="19"/>
                 </w:rPr>
                 <w:id w:val="-1920699845"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -3232,63 +3079,63 @@
               <w:t xml:space="preserve">y information relevant to communication referral) </w:t>
             </w:r>
             <w:r w:rsidR="0007306D" w:rsidRPr="00BA358D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="MS Gothic" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>……………………………………………</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="0007306D" w:rsidRPr="00BA358D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="MS Gothic" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>…..</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000A56E8" w:rsidRPr="00D10D71" w14:paraId="24EB4B16" w14:textId="77777777" w:rsidTr="006905AB">
+      <w:tr w:rsidR="000A56E8" w:rsidRPr="00D10D71" w14:paraId="13CB0426" w14:textId="77777777" w:rsidTr="006905AB">
         <w:trPr>
           <w:trHeight w:val="464"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10343" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="034CCCF5" w14:textId="77777777" w:rsidR="000A56E8" w:rsidRPr="00857F23" w:rsidRDefault="000A56E8" w:rsidP="006905AB">
+          <w:p w14:paraId="5A6B7F62" w14:textId="77777777" w:rsidR="000A56E8" w:rsidRPr="00857F23" w:rsidRDefault="000A56E8" w:rsidP="006905AB">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="8712"/>
               </w:tabs>
               <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B009CA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>SAFEGUARDING</w:t>
             </w:r>
             <w:r w:rsidR="00C437D8">
               <w:rPr>
@@ -3329,51 +3176,51 @@
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve"> including PREVENT</w:t>
             </w:r>
             <w:r w:rsidR="003C14BB" w:rsidRPr="00B009CA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidRPr="00B009CA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="345F90E5" w14:textId="77777777" w:rsidR="00DC7F87" w:rsidRDefault="00A50865" w:rsidP="00A06E68">
+          <w:p w14:paraId="6902C743" w14:textId="77777777" w:rsidR="00DC7F87" w:rsidRDefault="00A50865" w:rsidP="00A06E68">
             <w:pPr>
               <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve">a) </w:t>
             </w:r>
             <w:r w:rsidR="00DC7F87">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
@@ -3495,51 +3342,51 @@
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve">  Non</w:t>
             </w:r>
             <w:r w:rsidR="00CF0FBD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve">e </w:t>
             </w:r>
             <w:r w:rsidR="00DC7F87">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve">Known </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="51467C61" w14:textId="77777777" w:rsidR="00A06E68" w:rsidRDefault="003C14BB" w:rsidP="00A06E68">
+          <w:p w14:paraId="2AA34E6D" w14:textId="77777777" w:rsidR="00A06E68" w:rsidRDefault="003C14BB" w:rsidP="00A06E68">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve">If yes, tell us </w:t>
             </w:r>
             <w:r w:rsidRPr="003C14BB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
@@ -3560,51 +3407,51 @@
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>more information</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:r w:rsidRPr="003C14BB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="181E8842" w14:textId="77777777" w:rsidR="00A06E68" w:rsidRDefault="000A56E8" w:rsidP="009C0CE0">
+          <w:p w14:paraId="56047374" w14:textId="77777777" w:rsidR="00A06E68" w:rsidRDefault="000A56E8" w:rsidP="009C0CE0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A56E8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>Name:</w:t>
             </w:r>
             <w:r w:rsidRPr="000A56E8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
@@ -3634,51 +3481,51 @@
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve">                            </w:t>
             </w:r>
             <w:r w:rsidRPr="000A56E8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve">Contact Details: </w:t>
             </w:r>
             <w:r w:rsidRPr="000A56E8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="665DF87B" w14:textId="77777777" w:rsidR="009C0CE0" w:rsidRDefault="00A50865" w:rsidP="009C0CE0">
+          <w:p w14:paraId="03CE0A67" w14:textId="77777777" w:rsidR="009C0CE0" w:rsidRDefault="00A50865" w:rsidP="009C0CE0">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve">b) Are there any known </w:t>
             </w:r>
             <w:r w:rsidR="000A56E8" w:rsidRPr="006905AB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
@@ -3793,90 +3640,90 @@
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="00A06E68" w:rsidRPr="00121007">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00A06E68">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve">  None Known</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3E1282D7" w14:textId="77777777" w:rsidR="00A06E68" w:rsidRPr="009C0CE0" w:rsidRDefault="000A56E8" w:rsidP="006905AB">
+          <w:p w14:paraId="1271BC0E" w14:textId="77777777" w:rsidR="00A06E68" w:rsidRPr="009C0CE0" w:rsidRDefault="000A56E8" w:rsidP="006905AB">
             <w:pPr>
               <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006905AB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="006905AB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>E.g.  infectious conditions, such as cytomegalovirus (CMV), hepatitis, rubella, shingles, measles, Methicillin-resistant Staphylococcus aureus (MRSA), animals and pets, smoking and vaping in the home or risk of violence and aggression (including weapons in the home).</w:t>
             </w:r>
             <w:r w:rsidRPr="006905AB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="67324B1E" w14:textId="77777777" w:rsidR="00A06E68" w:rsidRDefault="006905AB" w:rsidP="006905AB">
+          <w:p w14:paraId="30482620" w14:textId="77777777" w:rsidR="00A06E68" w:rsidRDefault="006905AB" w:rsidP="006905AB">
             <w:pPr>
               <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve">If yes, please tell us </w:t>
             </w:r>
             <w:r w:rsidRPr="003C14BB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
@@ -3897,51 +3744,51 @@
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>more information</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:r w:rsidRPr="003C14BB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0F78B603" w14:textId="77777777" w:rsidR="006905AB" w:rsidRPr="006905AB" w:rsidRDefault="006905AB" w:rsidP="009C0CE0">
+          <w:p w14:paraId="5AEB6693" w14:textId="77777777" w:rsidR="006905AB" w:rsidRPr="006905AB" w:rsidRDefault="006905AB" w:rsidP="009C0CE0">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A56E8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>Name:</w:t>
             </w:r>
             <w:r w:rsidRPr="000A56E8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
@@ -3975,63 +3822,63 @@
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve">                            </w:t>
             </w:r>
             <w:r w:rsidRPr="000A56E8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve">Contact Details: </w:t>
             </w:r>
             <w:r w:rsidRPr="000A56E8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0007306D" w:rsidRPr="00D10D71" w14:paraId="7B496C35" w14:textId="77777777" w:rsidTr="006905AB">
+      <w:tr w:rsidR="0007306D" w:rsidRPr="00D10D71" w14:paraId="16CA920D" w14:textId="77777777" w:rsidTr="006905AB">
         <w:trPr>
           <w:trHeight w:val="464"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10343" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="71AC5518" w14:textId="77777777" w:rsidR="00CF5FCF" w:rsidRPr="009C0CE0" w:rsidRDefault="0007306D" w:rsidP="0007306D">
+          <w:p w14:paraId="6E6AEB1C" w14:textId="77777777" w:rsidR="00CF5FCF" w:rsidRPr="009C0CE0" w:rsidRDefault="0007306D" w:rsidP="0007306D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="8712"/>
               </w:tabs>
               <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00487701">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>MEDICATION</w:t>
@@ -4039,141 +3886,141 @@
             <w:r w:rsidRPr="00487701">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00487701">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>(Please include details of any prescribed nutritional supplements):</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0007306D" w:rsidRPr="00D10D71" w14:paraId="6C2BB718" w14:textId="77777777" w:rsidTr="006905AB">
+      <w:tr w:rsidR="0007306D" w:rsidRPr="00D10D71" w14:paraId="046FAF9D" w14:textId="77777777" w:rsidTr="006905AB">
         <w:trPr>
           <w:trHeight w:val="464"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10343" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4AC91C13" w14:textId="77777777" w:rsidR="0007306D" w:rsidRDefault="0007306D" w:rsidP="0007306D">
+          <w:p w14:paraId="7451C061" w14:textId="77777777" w:rsidR="0007306D" w:rsidRDefault="0007306D" w:rsidP="0007306D">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">MEDICAL HISTORY   </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2046D142" w14:textId="77777777" w:rsidR="0007306D" w:rsidRPr="006905AB" w:rsidRDefault="0007306D" w:rsidP="0007306D">
+          <w:p w14:paraId="7F4E4A43" w14:textId="77777777" w:rsidR="0007306D" w:rsidRPr="006905AB" w:rsidRDefault="0007306D" w:rsidP="0007306D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006905AB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>Does the Patient have any of the following (tick all that apply):</w:t>
             </w:r>
           </w:p>
           <w:tbl>
             <w:tblPr>
               <w:tblStyle w:val="TableGrid"/>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="9175"/>
               <w:gridCol w:w="942"/>
             </w:tblGrid>
-            <w:tr w:rsidR="0007306D" w:rsidRPr="006905AB" w14:paraId="0285A0D1" w14:textId="77777777" w:rsidTr="009C0CE0">
+            <w:tr w:rsidR="0007306D" w:rsidRPr="006905AB" w14:paraId="510F18C4" w14:textId="77777777" w:rsidTr="009C0CE0">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="9493" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="57D687F9" w14:textId="77777777" w:rsidR="0007306D" w:rsidRPr="006905AB" w:rsidRDefault="0007306D" w:rsidP="004109DF">
+                <w:p w14:paraId="7983E472" w14:textId="77777777" w:rsidR="0007306D" w:rsidRPr="006905AB" w:rsidRDefault="0007306D" w:rsidP="00147C8B">
                   <w:pPr>
                     <w:framePr w:hSpace="181" w:wrap="around" w:vAnchor="text" w:hAnchor="page" w:x="821" w:y="266"/>
                     <w:suppressOverlap/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="19"/>
                       <w:szCs w:val="19"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="006905AB">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="19"/>
                       <w:szCs w:val="19"/>
                     </w:rPr>
                     <w:t>Respiratory (Specify and give details in box below)</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="963" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="5C2B41BC" w14:textId="77777777" w:rsidR="0007306D" w:rsidRPr="006905AB" w:rsidRDefault="0007306D" w:rsidP="004109DF">
+                <w:p w14:paraId="53DFF036" w14:textId="77777777" w:rsidR="0007306D" w:rsidRPr="006905AB" w:rsidRDefault="0007306D" w:rsidP="00147C8B">
                   <w:pPr>
                     <w:framePr w:hSpace="181" w:wrap="around" w:vAnchor="text" w:hAnchor="page" w:x="821" w:y="266"/>
                     <w:suppressOverlap/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="19"/>
                       <w:szCs w:val="19"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="006905AB">
                     <w:rPr>
                       <w:b/>
                       <w:sz w:val="19"/>
                       <w:szCs w:val="19"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="begin">
                       <w:ffData>
                         <w:name w:val="Check5"/>
                         <w:enabled/>
                         <w:calcOnExit w:val="0"/>
                         <w:checkBox>
                           <w:sizeAuto/>
                           <w:default w:val="0"/>
                         </w:checkBox>
@@ -4192,80 +4039,80 @@
                     <w:rPr>
                       <w:b/>
                       <w:sz w:val="19"/>
                       <w:szCs w:val="19"/>
                     </w:rPr>
                   </w:r>
                   <w:r w:rsidRPr="006905AB">
                     <w:rPr>
                       <w:b/>
                       <w:sz w:val="19"/>
                       <w:szCs w:val="19"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="separate"/>
                   </w:r>
                   <w:r w:rsidRPr="006905AB">
                     <w:rPr>
                       <w:b/>
                       <w:sz w:val="19"/>
                       <w:szCs w:val="19"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="0007306D" w:rsidRPr="006905AB" w14:paraId="7DD823FF" w14:textId="77777777" w:rsidTr="009C0CE0">
+            <w:tr w:rsidR="0007306D" w:rsidRPr="006905AB" w14:paraId="4E76F35D" w14:textId="77777777" w:rsidTr="009C0CE0">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="9493" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="5B772B65" w14:textId="77777777" w:rsidR="0007306D" w:rsidRPr="006905AB" w:rsidRDefault="0007306D" w:rsidP="004109DF">
+                <w:p w14:paraId="4B35E62D" w14:textId="77777777" w:rsidR="0007306D" w:rsidRPr="006905AB" w:rsidRDefault="0007306D" w:rsidP="00147C8B">
                   <w:pPr>
                     <w:framePr w:hSpace="181" w:wrap="around" w:vAnchor="text" w:hAnchor="page" w:x="821" w:y="266"/>
                     <w:suppressOverlap/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="19"/>
                       <w:szCs w:val="19"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="006905AB">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="19"/>
                       <w:szCs w:val="19"/>
                     </w:rPr>
                     <w:t>Dementia</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="963" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="05C8A7C0" w14:textId="77777777" w:rsidR="0007306D" w:rsidRPr="006905AB" w:rsidRDefault="0007306D" w:rsidP="004109DF">
+                <w:p w14:paraId="6DCC376B" w14:textId="77777777" w:rsidR="0007306D" w:rsidRPr="006905AB" w:rsidRDefault="0007306D" w:rsidP="00147C8B">
                   <w:pPr>
                     <w:framePr w:hSpace="181" w:wrap="around" w:vAnchor="text" w:hAnchor="page" w:x="821" w:y="266"/>
                     <w:suppressOverlap/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="19"/>
                       <w:szCs w:val="19"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="006905AB">
                     <w:rPr>
                       <w:b/>
                       <w:sz w:val="19"/>
                       <w:szCs w:val="19"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="begin">
                       <w:ffData>
                         <w:name w:val="Check5"/>
                         <w:enabled/>
                         <w:calcOnExit w:val="0"/>
                         <w:checkBox>
                           <w:sizeAuto/>
                           <w:default w:val="0"/>
                           <w:checked w:val="0"/>
@@ -4285,80 +4132,80 @@
                     <w:rPr>
                       <w:b/>
                       <w:sz w:val="19"/>
                       <w:szCs w:val="19"/>
                     </w:rPr>
                   </w:r>
                   <w:r w:rsidRPr="006905AB">
                     <w:rPr>
                       <w:b/>
                       <w:sz w:val="19"/>
                       <w:szCs w:val="19"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="separate"/>
                   </w:r>
                   <w:r w:rsidRPr="006905AB">
                     <w:rPr>
                       <w:b/>
                       <w:sz w:val="19"/>
                       <w:szCs w:val="19"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="0007306D" w:rsidRPr="006905AB" w14:paraId="319F2FFF" w14:textId="77777777" w:rsidTr="009C0CE0">
+            <w:tr w:rsidR="0007306D" w:rsidRPr="006905AB" w14:paraId="39DE4AC1" w14:textId="77777777" w:rsidTr="009C0CE0">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="9493" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="67E9F721" w14:textId="77777777" w:rsidR="0007306D" w:rsidRPr="006905AB" w:rsidRDefault="0007306D" w:rsidP="004109DF">
+                <w:p w14:paraId="44631B6A" w14:textId="77777777" w:rsidR="0007306D" w:rsidRPr="006905AB" w:rsidRDefault="0007306D" w:rsidP="00147C8B">
                   <w:pPr>
                     <w:framePr w:hSpace="181" w:wrap="around" w:vAnchor="text" w:hAnchor="page" w:x="821" w:y="266"/>
                     <w:suppressOverlap/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="19"/>
                       <w:szCs w:val="19"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="006905AB">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="19"/>
                       <w:szCs w:val="19"/>
                     </w:rPr>
                     <w:t>Cancer (Specify and give details in box below)</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="963" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="15BA92D2" w14:textId="77777777" w:rsidR="0007306D" w:rsidRPr="006905AB" w:rsidRDefault="0007306D" w:rsidP="004109DF">
+                <w:p w14:paraId="291F892D" w14:textId="77777777" w:rsidR="0007306D" w:rsidRPr="006905AB" w:rsidRDefault="0007306D" w:rsidP="00147C8B">
                   <w:pPr>
                     <w:framePr w:hSpace="181" w:wrap="around" w:vAnchor="text" w:hAnchor="page" w:x="821" w:y="266"/>
                     <w:suppressOverlap/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="19"/>
                       <w:szCs w:val="19"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="006905AB">
                     <w:rPr>
                       <w:b/>
                       <w:sz w:val="19"/>
                       <w:szCs w:val="19"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="begin">
                       <w:ffData>
                         <w:name w:val="Check5"/>
                         <w:enabled/>
                         <w:calcOnExit w:val="0"/>
                         <w:checkBox>
                           <w:sizeAuto/>
                           <w:default w:val="0"/>
                           <w:checked w:val="0"/>
@@ -4378,80 +4225,80 @@
                     <w:rPr>
                       <w:b/>
                       <w:sz w:val="19"/>
                       <w:szCs w:val="19"/>
                     </w:rPr>
                   </w:r>
                   <w:r w:rsidRPr="006905AB">
                     <w:rPr>
                       <w:b/>
                       <w:sz w:val="19"/>
                       <w:szCs w:val="19"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="separate"/>
                   </w:r>
                   <w:r w:rsidRPr="006905AB">
                     <w:rPr>
                       <w:b/>
                       <w:sz w:val="19"/>
                       <w:szCs w:val="19"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="0007306D" w:rsidRPr="006905AB" w14:paraId="32E248D1" w14:textId="77777777" w:rsidTr="009C0CE0">
+            <w:tr w:rsidR="0007306D" w:rsidRPr="006905AB" w14:paraId="138D7BA9" w14:textId="77777777" w:rsidTr="009C0CE0">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="9493" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="43011BD5" w14:textId="77777777" w:rsidR="0007306D" w:rsidRPr="006905AB" w:rsidRDefault="0007306D" w:rsidP="004109DF">
+                <w:p w14:paraId="1FE6ABED" w14:textId="77777777" w:rsidR="0007306D" w:rsidRPr="006905AB" w:rsidRDefault="0007306D" w:rsidP="00147C8B">
                   <w:pPr>
                     <w:framePr w:hSpace="181" w:wrap="around" w:vAnchor="text" w:hAnchor="page" w:x="821" w:y="266"/>
                     <w:suppressOverlap/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="19"/>
                       <w:szCs w:val="19"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="006905AB">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="19"/>
                       <w:szCs w:val="19"/>
                     </w:rPr>
                     <w:t>Stroke</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="963" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="1C959E30" w14:textId="77777777" w:rsidR="0007306D" w:rsidRPr="006905AB" w:rsidRDefault="0007306D" w:rsidP="004109DF">
+                <w:p w14:paraId="6F5E6675" w14:textId="77777777" w:rsidR="0007306D" w:rsidRPr="006905AB" w:rsidRDefault="0007306D" w:rsidP="00147C8B">
                   <w:pPr>
                     <w:framePr w:hSpace="181" w:wrap="around" w:vAnchor="text" w:hAnchor="page" w:x="821" w:y="266"/>
                     <w:suppressOverlap/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="19"/>
                       <w:szCs w:val="19"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="006905AB">
                     <w:rPr>
                       <w:b/>
                       <w:sz w:val="19"/>
                       <w:szCs w:val="19"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="begin">
                       <w:ffData>
                         <w:name w:val="Check5"/>
                         <w:enabled/>
                         <w:calcOnExit w:val="0"/>
                         <w:checkBox>
                           <w:sizeAuto/>
                           <w:default w:val="0"/>
                           <w:checked w:val="0"/>
@@ -4471,80 +4318,80 @@
                     <w:rPr>
                       <w:b/>
                       <w:sz w:val="19"/>
                       <w:szCs w:val="19"/>
                     </w:rPr>
                   </w:r>
                   <w:r w:rsidRPr="006905AB">
                     <w:rPr>
                       <w:b/>
                       <w:sz w:val="19"/>
                       <w:szCs w:val="19"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="separate"/>
                   </w:r>
                   <w:r w:rsidRPr="006905AB">
                     <w:rPr>
                       <w:b/>
                       <w:sz w:val="19"/>
                       <w:szCs w:val="19"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="0007306D" w:rsidRPr="006905AB" w14:paraId="79A4BC7D" w14:textId="77777777" w:rsidTr="009C0CE0">
+            <w:tr w:rsidR="0007306D" w:rsidRPr="006905AB" w14:paraId="3ECD4FB8" w14:textId="77777777" w:rsidTr="009C0CE0">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="9493" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="2E10484D" w14:textId="77777777" w:rsidR="0007306D" w:rsidRPr="006905AB" w:rsidRDefault="0007306D" w:rsidP="004109DF">
+                <w:p w14:paraId="35CDBE43" w14:textId="77777777" w:rsidR="0007306D" w:rsidRPr="006905AB" w:rsidRDefault="0007306D" w:rsidP="00147C8B">
                   <w:pPr>
                     <w:framePr w:hSpace="181" w:wrap="around" w:vAnchor="text" w:hAnchor="page" w:x="821" w:y="266"/>
                     <w:suppressOverlap/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="19"/>
                       <w:szCs w:val="19"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="006905AB">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="19"/>
                       <w:szCs w:val="19"/>
                     </w:rPr>
                     <w:t>Motor Neurone Disease (MND)</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="963" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="41B28BA9" w14:textId="77777777" w:rsidR="0007306D" w:rsidRPr="006905AB" w:rsidRDefault="0007306D" w:rsidP="004109DF">
+                <w:p w14:paraId="3108EF33" w14:textId="77777777" w:rsidR="0007306D" w:rsidRPr="006905AB" w:rsidRDefault="0007306D" w:rsidP="00147C8B">
                   <w:pPr>
                     <w:framePr w:hSpace="181" w:wrap="around" w:vAnchor="text" w:hAnchor="page" w:x="821" w:y="266"/>
                     <w:suppressOverlap/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="19"/>
                       <w:szCs w:val="19"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="006905AB">
                     <w:rPr>
                       <w:b/>
                       <w:sz w:val="19"/>
                       <w:szCs w:val="19"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="begin">
                       <w:ffData>
                         <w:name w:val="Check5"/>
                         <w:enabled/>
                         <w:calcOnExit w:val="0"/>
                         <w:checkBox>
                           <w:sizeAuto/>
                           <w:default w:val="0"/>
                           <w:checked w:val="0"/>
@@ -4564,80 +4411,80 @@
                     <w:rPr>
                       <w:b/>
                       <w:sz w:val="19"/>
                       <w:szCs w:val="19"/>
                     </w:rPr>
                   </w:r>
                   <w:r w:rsidRPr="006905AB">
                     <w:rPr>
                       <w:b/>
                       <w:sz w:val="19"/>
                       <w:szCs w:val="19"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="separate"/>
                   </w:r>
                   <w:r w:rsidRPr="006905AB">
                     <w:rPr>
                       <w:b/>
                       <w:sz w:val="19"/>
                       <w:szCs w:val="19"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="0007306D" w:rsidRPr="006905AB" w14:paraId="6E1A54A4" w14:textId="77777777" w:rsidTr="009C0CE0">
+            <w:tr w:rsidR="0007306D" w:rsidRPr="006905AB" w14:paraId="27AC5DFA" w14:textId="77777777" w:rsidTr="009C0CE0">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="9493" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="3FE00F68" w14:textId="77777777" w:rsidR="0007306D" w:rsidRPr="006905AB" w:rsidRDefault="0007306D" w:rsidP="004109DF">
+                <w:p w14:paraId="657817AA" w14:textId="77777777" w:rsidR="0007306D" w:rsidRPr="006905AB" w:rsidRDefault="0007306D" w:rsidP="00147C8B">
                   <w:pPr>
                     <w:framePr w:hSpace="181" w:wrap="around" w:vAnchor="text" w:hAnchor="page" w:x="821" w:y="266"/>
                     <w:suppressOverlap/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="19"/>
                       <w:szCs w:val="19"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="006905AB">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="19"/>
                       <w:szCs w:val="19"/>
                     </w:rPr>
                     <w:t>Progressive Supranuclear Palsy (PSP)</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="963" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="11BBD656" w14:textId="77777777" w:rsidR="0007306D" w:rsidRPr="006905AB" w:rsidRDefault="0007306D" w:rsidP="004109DF">
+                <w:p w14:paraId="4B30BC15" w14:textId="77777777" w:rsidR="0007306D" w:rsidRPr="006905AB" w:rsidRDefault="0007306D" w:rsidP="00147C8B">
                   <w:pPr>
                     <w:framePr w:hSpace="181" w:wrap="around" w:vAnchor="text" w:hAnchor="page" w:x="821" w:y="266"/>
                     <w:suppressOverlap/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:b/>
                       <w:sz w:val="19"/>
                       <w:szCs w:val="19"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="006905AB">
                     <w:rPr>
                       <w:b/>
                       <w:sz w:val="19"/>
                       <w:szCs w:val="19"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="begin">
                       <w:ffData>
                         <w:name w:val="Check5"/>
                         <w:enabled/>
                         <w:calcOnExit w:val="0"/>
                         <w:checkBox>
                           <w:sizeAuto/>
                           <w:default w:val="0"/>
                           <w:checked w:val="0"/>
@@ -4657,80 +4504,80 @@
                     <w:rPr>
                       <w:b/>
                       <w:sz w:val="19"/>
                       <w:szCs w:val="19"/>
                     </w:rPr>
                   </w:r>
                   <w:r w:rsidRPr="006905AB">
                     <w:rPr>
                       <w:b/>
                       <w:sz w:val="19"/>
                       <w:szCs w:val="19"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="separate"/>
                   </w:r>
                   <w:r w:rsidRPr="006905AB">
                     <w:rPr>
                       <w:b/>
                       <w:sz w:val="19"/>
                       <w:szCs w:val="19"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="0007306D" w:rsidRPr="006905AB" w14:paraId="7F3F32DC" w14:textId="77777777" w:rsidTr="009C0CE0">
+            <w:tr w:rsidR="0007306D" w:rsidRPr="006905AB" w14:paraId="3A09D707" w14:textId="77777777" w:rsidTr="009C0CE0">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="9493" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="032E08A6" w14:textId="77777777" w:rsidR="0007306D" w:rsidRPr="006905AB" w:rsidRDefault="0007306D" w:rsidP="004109DF">
+                <w:p w14:paraId="1A9E0C53" w14:textId="77777777" w:rsidR="0007306D" w:rsidRPr="006905AB" w:rsidRDefault="0007306D" w:rsidP="00147C8B">
                   <w:pPr>
                     <w:framePr w:hSpace="181" w:wrap="around" w:vAnchor="text" w:hAnchor="page" w:x="821" w:y="266"/>
                     <w:suppressOverlap/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="19"/>
                       <w:szCs w:val="19"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="006905AB">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="19"/>
                       <w:szCs w:val="19"/>
                     </w:rPr>
                     <w:t>Multi Systems Atrophy (MSA)</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="963" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="180E7F88" w14:textId="77777777" w:rsidR="0007306D" w:rsidRPr="006905AB" w:rsidRDefault="0007306D" w:rsidP="004109DF">
+                <w:p w14:paraId="3C4B9116" w14:textId="77777777" w:rsidR="0007306D" w:rsidRPr="006905AB" w:rsidRDefault="0007306D" w:rsidP="00147C8B">
                   <w:pPr>
                     <w:framePr w:hSpace="181" w:wrap="around" w:vAnchor="text" w:hAnchor="page" w:x="821" w:y="266"/>
                     <w:suppressOverlap/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:b/>
                       <w:sz w:val="19"/>
                       <w:szCs w:val="19"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="006905AB">
                     <w:rPr>
                       <w:b/>
                       <w:sz w:val="19"/>
                       <w:szCs w:val="19"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="begin">
                       <w:ffData>
                         <w:name w:val="Check5"/>
                         <w:enabled/>
                         <w:calcOnExit w:val="0"/>
                         <w:checkBox>
                           <w:sizeAuto/>
                           <w:default w:val="0"/>
                           <w:checked w:val="0"/>
@@ -4750,80 +4597,80 @@
                     <w:rPr>
                       <w:b/>
                       <w:sz w:val="19"/>
                       <w:szCs w:val="19"/>
                     </w:rPr>
                   </w:r>
                   <w:r w:rsidRPr="006905AB">
                     <w:rPr>
                       <w:b/>
                       <w:sz w:val="19"/>
                       <w:szCs w:val="19"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="separate"/>
                   </w:r>
                   <w:r w:rsidRPr="006905AB">
                     <w:rPr>
                       <w:b/>
                       <w:sz w:val="19"/>
                       <w:szCs w:val="19"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="0007306D" w:rsidRPr="006905AB" w14:paraId="3ED5A19B" w14:textId="77777777" w:rsidTr="009C0CE0">
+            <w:tr w:rsidR="0007306D" w:rsidRPr="006905AB" w14:paraId="1F554D1E" w14:textId="77777777" w:rsidTr="009C0CE0">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="9493" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="368F2A71" w14:textId="77777777" w:rsidR="0007306D" w:rsidRPr="006905AB" w:rsidRDefault="0007306D" w:rsidP="004109DF">
+                <w:p w14:paraId="268AFFCF" w14:textId="77777777" w:rsidR="0007306D" w:rsidRPr="006905AB" w:rsidRDefault="0007306D" w:rsidP="00147C8B">
                   <w:pPr>
                     <w:framePr w:hSpace="181" w:wrap="around" w:vAnchor="text" w:hAnchor="page" w:x="821" w:y="266"/>
                     <w:suppressOverlap/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="19"/>
                       <w:szCs w:val="19"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="006905AB">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="19"/>
                       <w:szCs w:val="19"/>
                     </w:rPr>
                     <w:t>Parkinson’s Disease</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="963" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="2D5C0918" w14:textId="77777777" w:rsidR="0007306D" w:rsidRPr="006905AB" w:rsidRDefault="0007306D" w:rsidP="004109DF">
+                <w:p w14:paraId="3D8480FD" w14:textId="77777777" w:rsidR="0007306D" w:rsidRPr="006905AB" w:rsidRDefault="0007306D" w:rsidP="00147C8B">
                   <w:pPr>
                     <w:framePr w:hSpace="181" w:wrap="around" w:vAnchor="text" w:hAnchor="page" w:x="821" w:y="266"/>
                     <w:suppressOverlap/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:b/>
                       <w:sz w:val="19"/>
                       <w:szCs w:val="19"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="006905AB">
                     <w:rPr>
                       <w:b/>
                       <w:sz w:val="19"/>
                       <w:szCs w:val="19"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="begin">
                       <w:ffData>
                         <w:name w:val="Check5"/>
                         <w:enabled/>
                         <w:calcOnExit w:val="0"/>
                         <w:checkBox>
                           <w:sizeAuto/>
                           <w:default w:val="0"/>
                           <w:checked w:val="0"/>
@@ -4843,80 +4690,80 @@
                     <w:rPr>
                       <w:b/>
                       <w:sz w:val="19"/>
                       <w:szCs w:val="19"/>
                     </w:rPr>
                   </w:r>
                   <w:r w:rsidRPr="006905AB">
                     <w:rPr>
                       <w:b/>
                       <w:sz w:val="19"/>
                       <w:szCs w:val="19"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="separate"/>
                   </w:r>
                   <w:r w:rsidRPr="006905AB">
                     <w:rPr>
                       <w:b/>
                       <w:sz w:val="19"/>
                       <w:szCs w:val="19"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="0007306D" w:rsidRPr="006905AB" w14:paraId="4046BDFC" w14:textId="77777777" w:rsidTr="009C0CE0">
+            <w:tr w:rsidR="0007306D" w:rsidRPr="006905AB" w14:paraId="0348B7B3" w14:textId="77777777" w:rsidTr="009C0CE0">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="9493" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="24A58084" w14:textId="77777777" w:rsidR="0007306D" w:rsidRPr="006905AB" w:rsidRDefault="0007306D" w:rsidP="004109DF">
+                <w:p w14:paraId="267C3E42" w14:textId="77777777" w:rsidR="0007306D" w:rsidRPr="006905AB" w:rsidRDefault="0007306D" w:rsidP="00147C8B">
                   <w:pPr>
                     <w:framePr w:hSpace="181" w:wrap="around" w:vAnchor="text" w:hAnchor="page" w:x="821" w:y="266"/>
                     <w:suppressOverlap/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="19"/>
                       <w:szCs w:val="19"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="006905AB">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="19"/>
                       <w:szCs w:val="19"/>
                     </w:rPr>
                     <w:t>Huntington’s Disease</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="963" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="7C400D2F" w14:textId="77777777" w:rsidR="0007306D" w:rsidRPr="006905AB" w:rsidRDefault="0007306D" w:rsidP="004109DF">
+                <w:p w14:paraId="076D32F6" w14:textId="77777777" w:rsidR="0007306D" w:rsidRPr="006905AB" w:rsidRDefault="0007306D" w:rsidP="00147C8B">
                   <w:pPr>
                     <w:framePr w:hSpace="181" w:wrap="around" w:vAnchor="text" w:hAnchor="page" w:x="821" w:y="266"/>
                     <w:suppressOverlap/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:b/>
                       <w:sz w:val="19"/>
                       <w:szCs w:val="19"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="006905AB">
                     <w:rPr>
                       <w:b/>
                       <w:sz w:val="19"/>
                       <w:szCs w:val="19"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="begin">
                       <w:ffData>
                         <w:name w:val="Check5"/>
                         <w:enabled/>
                         <w:calcOnExit w:val="0"/>
                         <w:checkBox>
                           <w:sizeAuto/>
                           <w:default w:val="0"/>
                           <w:checked w:val="0"/>
@@ -4936,83 +4783,83 @@
                     <w:rPr>
                       <w:b/>
                       <w:sz w:val="19"/>
                       <w:szCs w:val="19"/>
                     </w:rPr>
                   </w:r>
                   <w:r w:rsidRPr="006905AB">
                     <w:rPr>
                       <w:b/>
                       <w:sz w:val="19"/>
                       <w:szCs w:val="19"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="separate"/>
                   </w:r>
                   <w:r w:rsidRPr="006905AB">
                     <w:rPr>
                       <w:b/>
                       <w:sz w:val="19"/>
                       <w:szCs w:val="19"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="0007306D" w:rsidRPr="006905AB" w14:paraId="54A7A1FE" w14:textId="77777777" w:rsidTr="009C0CE0">
+            <w:tr w:rsidR="0007306D" w:rsidRPr="006905AB" w14:paraId="4E14904E" w14:textId="77777777" w:rsidTr="009C0CE0">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="9493" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="74F33466" w14:textId="77777777" w:rsidR="0007306D" w:rsidRPr="006905AB" w:rsidRDefault="0007306D" w:rsidP="004109DF">
+                <w:p w14:paraId="17BC0793" w14:textId="77777777" w:rsidR="0007306D" w:rsidRPr="006905AB" w:rsidRDefault="0007306D" w:rsidP="00147C8B">
                   <w:pPr>
                     <w:framePr w:hSpace="181" w:wrap="around" w:vAnchor="text" w:hAnchor="page" w:x="821" w:y="266"/>
                     <w:tabs>
                       <w:tab w:val="left" w:pos="4076"/>
                     </w:tabs>
                     <w:suppressOverlap/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="19"/>
                       <w:szCs w:val="19"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="006905AB">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="19"/>
                       <w:szCs w:val="19"/>
                     </w:rPr>
                     <w:t>Multiple Sclerosis (MS)</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="963" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="312E34AD" w14:textId="77777777" w:rsidR="0007306D" w:rsidRPr="006905AB" w:rsidRDefault="0007306D" w:rsidP="004109DF">
+                <w:p w14:paraId="237B5910" w14:textId="77777777" w:rsidR="0007306D" w:rsidRPr="006905AB" w:rsidRDefault="0007306D" w:rsidP="00147C8B">
                   <w:pPr>
                     <w:framePr w:hSpace="181" w:wrap="around" w:vAnchor="text" w:hAnchor="page" w:x="821" w:y="266"/>
                     <w:suppressOverlap/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:b/>
                       <w:sz w:val="19"/>
                       <w:szCs w:val="19"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="006905AB">
                     <w:rPr>
                       <w:b/>
                       <w:sz w:val="19"/>
                       <w:szCs w:val="19"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="begin">
                       <w:ffData>
                         <w:name w:val="Check5"/>
                         <w:enabled/>
                         <w:calcOnExit w:val="0"/>
                         <w:checkBox>
                           <w:sizeAuto/>
                           <w:default w:val="0"/>
                           <w:checked w:val="0"/>
@@ -5032,80 +4879,80 @@
                     <w:rPr>
                       <w:b/>
                       <w:sz w:val="19"/>
                       <w:szCs w:val="19"/>
                     </w:rPr>
                   </w:r>
                   <w:r w:rsidRPr="006905AB">
                     <w:rPr>
                       <w:b/>
                       <w:sz w:val="19"/>
                       <w:szCs w:val="19"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="separate"/>
                   </w:r>
                   <w:r w:rsidRPr="006905AB">
                     <w:rPr>
                       <w:b/>
                       <w:sz w:val="19"/>
                       <w:szCs w:val="19"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="0007306D" w:rsidRPr="006905AB" w14:paraId="6B48B984" w14:textId="77777777" w:rsidTr="009C0CE0">
+            <w:tr w:rsidR="0007306D" w:rsidRPr="006905AB" w14:paraId="0B116F1B" w14:textId="77777777" w:rsidTr="009C0CE0">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="9493" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="3DFE829D" w14:textId="77777777" w:rsidR="0007306D" w:rsidRPr="006905AB" w:rsidRDefault="0007306D" w:rsidP="004109DF">
+                <w:p w14:paraId="05F0E3D8" w14:textId="77777777" w:rsidR="0007306D" w:rsidRPr="006905AB" w:rsidRDefault="0007306D" w:rsidP="00147C8B">
                   <w:pPr>
                     <w:framePr w:hSpace="181" w:wrap="around" w:vAnchor="text" w:hAnchor="page" w:x="821" w:y="266"/>
                     <w:suppressOverlap/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="19"/>
                       <w:szCs w:val="19"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="006905AB">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="19"/>
                       <w:szCs w:val="19"/>
                     </w:rPr>
                     <w:t>Frailty</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="963" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="67E585BE" w14:textId="77777777" w:rsidR="0007306D" w:rsidRPr="006905AB" w:rsidRDefault="0007306D" w:rsidP="004109DF">
+                <w:p w14:paraId="05619157" w14:textId="77777777" w:rsidR="0007306D" w:rsidRPr="006905AB" w:rsidRDefault="0007306D" w:rsidP="00147C8B">
                   <w:pPr>
                     <w:framePr w:hSpace="181" w:wrap="around" w:vAnchor="text" w:hAnchor="page" w:x="821" w:y="266"/>
                     <w:suppressOverlap/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="19"/>
                       <w:szCs w:val="19"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="006905AB">
                     <w:rPr>
                       <w:b/>
                       <w:sz w:val="19"/>
                       <w:szCs w:val="19"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="begin">
                       <w:ffData>
                         <w:name w:val="Check5"/>
                         <w:enabled/>
                         <w:calcOnExit w:val="0"/>
                         <w:checkBox>
                           <w:sizeAuto/>
                           <w:default w:val="0"/>
                           <w:checked w:val="0"/>
@@ -5125,80 +4972,80 @@
                     <w:rPr>
                       <w:b/>
                       <w:sz w:val="19"/>
                       <w:szCs w:val="19"/>
                     </w:rPr>
                   </w:r>
                   <w:r w:rsidRPr="006905AB">
                     <w:rPr>
                       <w:b/>
                       <w:sz w:val="19"/>
                       <w:szCs w:val="19"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="separate"/>
                   </w:r>
                   <w:r w:rsidRPr="006905AB">
                     <w:rPr>
                       <w:b/>
                       <w:sz w:val="19"/>
                       <w:szCs w:val="19"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="0007306D" w:rsidRPr="006905AB" w14:paraId="52ED8163" w14:textId="77777777" w:rsidTr="009C0CE0">
+            <w:tr w:rsidR="0007306D" w:rsidRPr="006905AB" w14:paraId="70ACB398" w14:textId="77777777" w:rsidTr="009C0CE0">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="9493" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="6001E195" w14:textId="77777777" w:rsidR="0007306D" w:rsidRPr="006905AB" w:rsidRDefault="0007306D" w:rsidP="004109DF">
+                <w:p w14:paraId="36E010A3" w14:textId="77777777" w:rsidR="0007306D" w:rsidRPr="006905AB" w:rsidRDefault="0007306D" w:rsidP="00147C8B">
                   <w:pPr>
                     <w:framePr w:hSpace="181" w:wrap="around" w:vAnchor="text" w:hAnchor="page" w:x="821" w:y="266"/>
                     <w:suppressOverlap/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="19"/>
                       <w:szCs w:val="19"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="006905AB">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="19"/>
                       <w:szCs w:val="19"/>
                     </w:rPr>
                     <w:t>Heart Condition</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="963" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="4337E8DF" w14:textId="77777777" w:rsidR="0007306D" w:rsidRPr="006905AB" w:rsidRDefault="0007306D" w:rsidP="004109DF">
+                <w:p w14:paraId="4CEB0F09" w14:textId="77777777" w:rsidR="0007306D" w:rsidRPr="006905AB" w:rsidRDefault="0007306D" w:rsidP="00147C8B">
                   <w:pPr>
                     <w:framePr w:hSpace="181" w:wrap="around" w:vAnchor="text" w:hAnchor="page" w:x="821" w:y="266"/>
                     <w:suppressOverlap/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="19"/>
                       <w:szCs w:val="19"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="006905AB">
                     <w:rPr>
                       <w:b/>
                       <w:sz w:val="19"/>
                       <w:szCs w:val="19"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="begin">
                       <w:ffData>
                         <w:name w:val="Check5"/>
                         <w:enabled/>
                         <w:calcOnExit w:val="0"/>
                         <w:checkBox>
                           <w:sizeAuto/>
                           <w:default w:val="0"/>
                           <w:checked w:val="0"/>
@@ -5218,80 +5065,80 @@
                     <w:rPr>
                       <w:b/>
                       <w:sz w:val="19"/>
                       <w:szCs w:val="19"/>
                     </w:rPr>
                   </w:r>
                   <w:r w:rsidRPr="006905AB">
                     <w:rPr>
                       <w:b/>
                       <w:sz w:val="19"/>
                       <w:szCs w:val="19"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="separate"/>
                   </w:r>
                   <w:r w:rsidRPr="006905AB">
                     <w:rPr>
                       <w:b/>
                       <w:sz w:val="19"/>
                       <w:szCs w:val="19"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="0007306D" w:rsidRPr="006905AB" w14:paraId="61ED5CD5" w14:textId="77777777" w:rsidTr="009C0CE0">
+            <w:tr w:rsidR="0007306D" w:rsidRPr="006905AB" w14:paraId="76147E62" w14:textId="77777777" w:rsidTr="009C0CE0">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="9493" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="7C898CA7" w14:textId="77777777" w:rsidR="0007306D" w:rsidRPr="006905AB" w:rsidRDefault="0007306D" w:rsidP="004109DF">
+                <w:p w14:paraId="2C72BA91" w14:textId="77777777" w:rsidR="0007306D" w:rsidRPr="006905AB" w:rsidRDefault="0007306D" w:rsidP="00147C8B">
                   <w:pPr>
                     <w:framePr w:hSpace="181" w:wrap="around" w:vAnchor="text" w:hAnchor="page" w:x="821" w:y="266"/>
                     <w:suppressOverlap/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="19"/>
                       <w:szCs w:val="19"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="006905AB">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="19"/>
                       <w:szCs w:val="19"/>
                     </w:rPr>
                     <w:t xml:space="preserve">Brain Injury </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="963" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="43E5CCC4" w14:textId="77777777" w:rsidR="0007306D" w:rsidRPr="006905AB" w:rsidRDefault="0007306D" w:rsidP="004109DF">
+                <w:p w14:paraId="486C1954" w14:textId="77777777" w:rsidR="0007306D" w:rsidRPr="006905AB" w:rsidRDefault="0007306D" w:rsidP="00147C8B">
                   <w:pPr>
                     <w:framePr w:hSpace="181" w:wrap="around" w:vAnchor="text" w:hAnchor="page" w:x="821" w:y="266"/>
                     <w:suppressOverlap/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="19"/>
                       <w:szCs w:val="19"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="006905AB">
                     <w:rPr>
                       <w:b/>
                       <w:sz w:val="19"/>
                       <w:szCs w:val="19"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="begin">
                       <w:ffData>
                         <w:name w:val="Check5"/>
                         <w:enabled/>
                         <w:calcOnExit w:val="0"/>
                         <w:checkBox>
                           <w:sizeAuto/>
                           <w:default w:val="0"/>
                           <w:checked w:val="0"/>
@@ -5311,80 +5158,80 @@
                     <w:rPr>
                       <w:b/>
                       <w:sz w:val="19"/>
                       <w:szCs w:val="19"/>
                     </w:rPr>
                   </w:r>
                   <w:r w:rsidRPr="006905AB">
                     <w:rPr>
                       <w:b/>
                       <w:sz w:val="19"/>
                       <w:szCs w:val="19"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="separate"/>
                   </w:r>
                   <w:r w:rsidRPr="006905AB">
                     <w:rPr>
                       <w:b/>
                       <w:sz w:val="19"/>
                       <w:szCs w:val="19"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="0007306D" w:rsidRPr="006905AB" w14:paraId="1D5211E8" w14:textId="77777777" w:rsidTr="009C0CE0">
+            <w:tr w:rsidR="0007306D" w:rsidRPr="006905AB" w14:paraId="280DAB65" w14:textId="77777777" w:rsidTr="009C0CE0">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="9493" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="6A0F4B37" w14:textId="77777777" w:rsidR="0007306D" w:rsidRPr="006905AB" w:rsidRDefault="0007306D" w:rsidP="004109DF">
+                <w:p w14:paraId="0B4171C3" w14:textId="77777777" w:rsidR="0007306D" w:rsidRPr="006905AB" w:rsidRDefault="0007306D" w:rsidP="00147C8B">
                   <w:pPr>
                     <w:framePr w:hSpace="181" w:wrap="around" w:vAnchor="text" w:hAnchor="page" w:x="821" w:y="266"/>
                     <w:suppressOverlap/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="19"/>
                       <w:szCs w:val="19"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="006905AB">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="19"/>
                       <w:szCs w:val="19"/>
                     </w:rPr>
                     <w:t>Reflux</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="963" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="67C57623" w14:textId="77777777" w:rsidR="0007306D" w:rsidRPr="006905AB" w:rsidRDefault="0007306D" w:rsidP="004109DF">
+                <w:p w14:paraId="68B5F890" w14:textId="77777777" w:rsidR="0007306D" w:rsidRPr="006905AB" w:rsidRDefault="0007306D" w:rsidP="00147C8B">
                   <w:pPr>
                     <w:framePr w:hSpace="181" w:wrap="around" w:vAnchor="text" w:hAnchor="page" w:x="821" w:y="266"/>
                     <w:suppressOverlap/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:b/>
                       <w:sz w:val="19"/>
                       <w:szCs w:val="19"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="006905AB">
                     <w:rPr>
                       <w:b/>
                       <w:sz w:val="19"/>
                       <w:szCs w:val="19"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="begin">
                       <w:ffData>
                         <w:name w:val="Check5"/>
                         <w:enabled/>
                         <w:calcOnExit w:val="0"/>
                         <w:checkBox>
                           <w:sizeAuto/>
                           <w:default w:val="0"/>
                           <w:checked w:val="0"/>
@@ -5404,88 +5251,88 @@
                     <w:rPr>
                       <w:b/>
                       <w:sz w:val="19"/>
                       <w:szCs w:val="19"/>
                     </w:rPr>
                   </w:r>
                   <w:r w:rsidRPr="006905AB">
                     <w:rPr>
                       <w:b/>
                       <w:sz w:val="19"/>
                       <w:szCs w:val="19"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="separate"/>
                   </w:r>
                   <w:r w:rsidRPr="006905AB">
                     <w:rPr>
                       <w:b/>
                       <w:sz w:val="19"/>
                       <w:szCs w:val="19"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="0007306D" w:rsidRPr="006905AB" w14:paraId="043E568A" w14:textId="77777777" w:rsidTr="009C0CE0">
+            <w:tr w:rsidR="0007306D" w:rsidRPr="006905AB" w14:paraId="7C8C0722" w14:textId="77777777" w:rsidTr="009C0CE0">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="9493" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="7085A80D" w14:textId="77777777" w:rsidR="0007306D" w:rsidRPr="006905AB" w:rsidRDefault="0007306D" w:rsidP="004109DF">
+                <w:p w14:paraId="2F74F791" w14:textId="77777777" w:rsidR="0007306D" w:rsidRPr="006905AB" w:rsidRDefault="0007306D" w:rsidP="00147C8B">
                   <w:pPr>
                     <w:framePr w:hSpace="181" w:wrap="around" w:vAnchor="text" w:hAnchor="page" w:x="821" w:y="266"/>
                     <w:suppressOverlap/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="19"/>
                       <w:szCs w:val="19"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="006905AB">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="19"/>
                       <w:szCs w:val="19"/>
                     </w:rPr>
                     <w:t>Other (Specify and give details</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="19"/>
                       <w:szCs w:val="19"/>
                     </w:rPr>
                     <w:t>)</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="963" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="528CF275" w14:textId="77777777" w:rsidR="0007306D" w:rsidRPr="006905AB" w:rsidRDefault="0007306D" w:rsidP="004109DF">
+                <w:p w14:paraId="354A4028" w14:textId="77777777" w:rsidR="0007306D" w:rsidRPr="006905AB" w:rsidRDefault="0007306D" w:rsidP="00147C8B">
                   <w:pPr>
                     <w:framePr w:hSpace="181" w:wrap="around" w:vAnchor="text" w:hAnchor="page" w:x="821" w:y="266"/>
                     <w:suppressOverlap/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:b/>
                       <w:sz w:val="19"/>
                       <w:szCs w:val="19"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="006905AB">
                     <w:rPr>
                       <w:b/>
                       <w:sz w:val="19"/>
                       <w:szCs w:val="19"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="begin">
                       <w:ffData>
                         <w:name w:val="Check5"/>
                         <w:enabled/>
                         <w:calcOnExit w:val="0"/>
                         <w:checkBox>
                           <w:sizeAuto/>
                           <w:default w:val="0"/>
                           <w:checked w:val="0"/>
@@ -5506,96 +5353,96 @@
                       <w:b/>
                       <w:sz w:val="19"/>
                       <w:szCs w:val="19"/>
                     </w:rPr>
                   </w:r>
                   <w:r w:rsidRPr="006905AB">
                     <w:rPr>
                       <w:b/>
                       <w:sz w:val="19"/>
                       <w:szCs w:val="19"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="separate"/>
                   </w:r>
                   <w:r w:rsidRPr="006905AB">
                     <w:rPr>
                       <w:b/>
                       <w:sz w:val="19"/>
                       <w:szCs w:val="19"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
-          <w:p w14:paraId="668A8C0D" w14:textId="77777777" w:rsidR="0007306D" w:rsidRPr="00FB14BF" w:rsidRDefault="0007306D" w:rsidP="0007306D">
+          <w:p w14:paraId="22FAA3EE" w14:textId="77777777" w:rsidR="0007306D" w:rsidRPr="00FB14BF" w:rsidRDefault="0007306D" w:rsidP="0007306D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="8712"/>
               </w:tabs>
               <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="641C14E5" w14:textId="77777777" w:rsidR="00857F23" w:rsidRPr="001E7733" w:rsidRDefault="00857F23" w:rsidP="00AC3B1F"/>
+    <w:p w14:paraId="4BB0DED2" w14:textId="77777777" w:rsidR="00857F23" w:rsidRPr="001E7733" w:rsidRDefault="00857F23" w:rsidP="00AC3B1F"/>
     <w:sectPr w:rsidR="00857F23" w:rsidRPr="001E7733" w:rsidSect="009D5AAB">
-      <w:headerReference w:type="even" r:id="rId12"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId17"/>
+      <w:headerReference w:type="even" r:id="rId9"/>
+      <w:headerReference w:type="default" r:id="rId10"/>
+      <w:footerReference w:type="even" r:id="rId11"/>
+      <w:footerReference w:type="default" r:id="rId12"/>
+      <w:headerReference w:type="first" r:id="rId13"/>
+      <w:footerReference w:type="first" r:id="rId14"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="0" w:footer="306" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5246174B" w14:textId="77777777" w:rsidR="00E70187" w:rsidRDefault="00E70187" w:rsidP="00A2524E">
+    <w:p w14:paraId="07998798" w14:textId="77777777" w:rsidR="00FE2AD3" w:rsidRDefault="00FE2AD3" w:rsidP="00A2524E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0712699C" w14:textId="77777777" w:rsidR="00E70187" w:rsidRDefault="00E70187" w:rsidP="00A2524E">
+    <w:p w14:paraId="446E0E8F" w14:textId="77777777" w:rsidR="00FE2AD3" w:rsidRDefault="00FE2AD3" w:rsidP="00A2524E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
@@ -5624,61 +5471,61 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="0D9B315E" w14:textId="77777777" w:rsidR="008A02F0" w:rsidRDefault="008A02F0">
+  <w:p w14:paraId="52D08A70" w14:textId="77777777" w:rsidR="008A02F0" w:rsidRDefault="008A02F0">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="3FBC1E4A" w14:textId="77777777" w:rsidR="00384FB3" w:rsidRDefault="00384FB3" w:rsidP="00384FB3">
+  <w:p w14:paraId="4B55EED0" w14:textId="77777777" w:rsidR="00384FB3" w:rsidRDefault="00384FB3" w:rsidP="00384FB3">
     <w:pPr>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rStyle w:val="Hyperlink"/>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="auto"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t xml:space="preserve">E-mail completed referrals </w:t>
     </w:r>
     <w:r w:rsidRPr="00F5303A">
       <w:rPr>
@@ -5689,115 +5536,115 @@
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t>to</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t xml:space="preserve">: </w:t>
     </w:r>
     <w:r w:rsidR="006227BB" w:rsidRPr="006227BB">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t>rightcarebarnsleyintegratedspa@swyt.nhs.uk</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="2EE2C0C5" w14:textId="77777777" w:rsidR="00A2524E" w:rsidRDefault="00A2524E">
+  <w:p w14:paraId="3AB76FCA" w14:textId="77777777" w:rsidR="00A2524E" w:rsidRDefault="00A2524E">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="4C0A0EC5" w14:textId="77777777" w:rsidR="00A2524E" w:rsidRDefault="00A2524E">
+  <w:p w14:paraId="2A486423" w14:textId="77777777" w:rsidR="00A2524E" w:rsidRDefault="00A2524E">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="68C006AF" w14:textId="77777777" w:rsidR="008A02F0" w:rsidRDefault="008A02F0">
+  <w:p w14:paraId="28F054DD" w14:textId="77777777" w:rsidR="008A02F0" w:rsidRDefault="008A02F0">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="10EF762B" w14:textId="77777777" w:rsidR="00E70187" w:rsidRDefault="00E70187" w:rsidP="00A2524E">
+    <w:p w14:paraId="435E21E3" w14:textId="77777777" w:rsidR="00FE2AD3" w:rsidRDefault="00FE2AD3" w:rsidP="00A2524E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6C6A7C4C" w14:textId="77777777" w:rsidR="00E70187" w:rsidRDefault="00E70187" w:rsidP="00A2524E">
+    <w:p w14:paraId="6FDFAD75" w14:textId="77777777" w:rsidR="00FE2AD3" w:rsidRDefault="00FE2AD3" w:rsidP="00A2524E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="4BD1F2FD" w14:textId="77777777" w:rsidR="008A02F0" w:rsidRDefault="008A02F0">
+  <w:p w14:paraId="7BE1C94A" w14:textId="77777777" w:rsidR="008A02F0" w:rsidRDefault="008A02F0">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="1B1BCFC7" w14:textId="77777777" w:rsidR="008A02F0" w:rsidRDefault="008A02F0">
+  <w:p w14:paraId="735F044E" w14:textId="77777777" w:rsidR="008A02F0" w:rsidRDefault="008A02F0">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="587F29CD" w14:textId="77777777" w:rsidR="008A02F0" w:rsidRDefault="008A02F0">
+  <w:p w14:paraId="5EDB8D2E" w14:textId="77777777" w:rsidR="008A02F0" w:rsidRDefault="008A02F0">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="030E626D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="652A71E8"/>
     <w:lvl w:ilvl="0" w:tplc="7626F242">
       <w:start w:val="4"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:eastAsia="Times New Roman" w:hAnsi="Symbol" w:cs="Arial" w:hint="default"/>
         <w:i w:val="0"/>
         <w:sz w:val="19"/>
@@ -8621,68 +8468,70 @@
     <w:rsidRoot w:val="00A57E18"/>
     <w:rsid w:val="00006AF7"/>
     <w:rsid w:val="00010019"/>
     <w:rsid w:val="000137B6"/>
     <w:rsid w:val="00017208"/>
     <w:rsid w:val="00020148"/>
     <w:rsid w:val="00020BCC"/>
     <w:rsid w:val="000260E5"/>
     <w:rsid w:val="00035BFE"/>
     <w:rsid w:val="00036530"/>
     <w:rsid w:val="00037468"/>
     <w:rsid w:val="00041772"/>
     <w:rsid w:val="00050FF8"/>
     <w:rsid w:val="00051713"/>
     <w:rsid w:val="0005444F"/>
     <w:rsid w:val="0006135A"/>
     <w:rsid w:val="00061A40"/>
     <w:rsid w:val="00061D03"/>
     <w:rsid w:val="000725C1"/>
     <w:rsid w:val="0007306D"/>
     <w:rsid w:val="00077558"/>
     <w:rsid w:val="0008603C"/>
     <w:rsid w:val="00086803"/>
     <w:rsid w:val="000911E7"/>
     <w:rsid w:val="00093CF8"/>
+    <w:rsid w:val="000942A8"/>
     <w:rsid w:val="00097174"/>
     <w:rsid w:val="000A3CED"/>
     <w:rsid w:val="000A56E8"/>
     <w:rsid w:val="000B394C"/>
     <w:rsid w:val="000B5F27"/>
     <w:rsid w:val="000D1E6A"/>
     <w:rsid w:val="000D2704"/>
     <w:rsid w:val="000D3C0B"/>
     <w:rsid w:val="000D5149"/>
     <w:rsid w:val="000D5188"/>
     <w:rsid w:val="001052B6"/>
     <w:rsid w:val="00110557"/>
     <w:rsid w:val="00111C2C"/>
     <w:rsid w:val="00121007"/>
     <w:rsid w:val="0013750F"/>
     <w:rsid w:val="001437FC"/>
     <w:rsid w:val="00144ED3"/>
     <w:rsid w:val="00145554"/>
+    <w:rsid w:val="00147C8B"/>
     <w:rsid w:val="00150FBF"/>
     <w:rsid w:val="0016068D"/>
     <w:rsid w:val="00183C8A"/>
     <w:rsid w:val="0019058B"/>
     <w:rsid w:val="001A001F"/>
     <w:rsid w:val="001A45B6"/>
     <w:rsid w:val="001B46AB"/>
     <w:rsid w:val="001C0F2E"/>
     <w:rsid w:val="001D41CF"/>
     <w:rsid w:val="001E2373"/>
     <w:rsid w:val="001E2D28"/>
     <w:rsid w:val="001E7733"/>
     <w:rsid w:val="001F23FD"/>
     <w:rsid w:val="001F6949"/>
     <w:rsid w:val="00201217"/>
     <w:rsid w:val="00222609"/>
     <w:rsid w:val="00225F80"/>
     <w:rsid w:val="00226914"/>
     <w:rsid w:val="00247626"/>
     <w:rsid w:val="00251D7B"/>
     <w:rsid w:val="002528D8"/>
     <w:rsid w:val="00252EE9"/>
     <w:rsid w:val="00254B2B"/>
     <w:rsid w:val="002637A8"/>
     <w:rsid w:val="00267C7F"/>
@@ -8690,62 +8539,61 @@
     <w:rsid w:val="002766D9"/>
     <w:rsid w:val="002902EE"/>
     <w:rsid w:val="002942FE"/>
     <w:rsid w:val="002967E4"/>
     <w:rsid w:val="002A299A"/>
     <w:rsid w:val="002B74AE"/>
     <w:rsid w:val="002B7573"/>
     <w:rsid w:val="002C6DD5"/>
     <w:rsid w:val="002E4A79"/>
     <w:rsid w:val="002E7780"/>
     <w:rsid w:val="002F35B9"/>
     <w:rsid w:val="002F6696"/>
     <w:rsid w:val="00300B83"/>
     <w:rsid w:val="00303FB7"/>
     <w:rsid w:val="003178A2"/>
     <w:rsid w:val="00320914"/>
     <w:rsid w:val="0033001F"/>
     <w:rsid w:val="003402FA"/>
     <w:rsid w:val="00342443"/>
     <w:rsid w:val="00343E81"/>
     <w:rsid w:val="00345D3F"/>
     <w:rsid w:val="00346816"/>
     <w:rsid w:val="00354A4B"/>
     <w:rsid w:val="0037046F"/>
     <w:rsid w:val="00384FB3"/>
+    <w:rsid w:val="0039295A"/>
     <w:rsid w:val="003963B4"/>
     <w:rsid w:val="003A593C"/>
     <w:rsid w:val="003B75F1"/>
     <w:rsid w:val="003C14BB"/>
-    <w:rsid w:val="003C7734"/>
     <w:rsid w:val="003D34DA"/>
     <w:rsid w:val="003E37A9"/>
     <w:rsid w:val="003E57EF"/>
     <w:rsid w:val="003F6F20"/>
     <w:rsid w:val="004024BE"/>
     <w:rsid w:val="004032FE"/>
-    <w:rsid w:val="004109DF"/>
     <w:rsid w:val="00417868"/>
     <w:rsid w:val="00431078"/>
     <w:rsid w:val="0044031E"/>
     <w:rsid w:val="00454D7B"/>
     <w:rsid w:val="00455431"/>
     <w:rsid w:val="00455890"/>
     <w:rsid w:val="0046282C"/>
     <w:rsid w:val="00462A4B"/>
     <w:rsid w:val="004800C0"/>
     <w:rsid w:val="0048159E"/>
     <w:rsid w:val="00481DE1"/>
     <w:rsid w:val="00487701"/>
     <w:rsid w:val="004A5E6B"/>
     <w:rsid w:val="004B11D0"/>
     <w:rsid w:val="004C2FE1"/>
     <w:rsid w:val="004C7BA7"/>
     <w:rsid w:val="004D205B"/>
     <w:rsid w:val="004D4B32"/>
     <w:rsid w:val="004D4FCE"/>
     <w:rsid w:val="004D5DBE"/>
     <w:rsid w:val="004E7F5C"/>
     <w:rsid w:val="004F7976"/>
     <w:rsid w:val="00501460"/>
     <w:rsid w:val="00516683"/>
     <w:rsid w:val="00524F68"/>
@@ -8757,153 +8605,155 @@
     <w:rsid w:val="005502E1"/>
     <w:rsid w:val="00560384"/>
     <w:rsid w:val="005637F7"/>
     <w:rsid w:val="005864C9"/>
     <w:rsid w:val="005B59D5"/>
     <w:rsid w:val="005B5D30"/>
     <w:rsid w:val="005B7C7F"/>
     <w:rsid w:val="005C0D83"/>
     <w:rsid w:val="005C1963"/>
     <w:rsid w:val="005D73FB"/>
     <w:rsid w:val="005E6DF0"/>
     <w:rsid w:val="005F4915"/>
     <w:rsid w:val="005F5951"/>
     <w:rsid w:val="005F688E"/>
     <w:rsid w:val="00601FE4"/>
     <w:rsid w:val="006065AB"/>
     <w:rsid w:val="00610DBA"/>
     <w:rsid w:val="006214F8"/>
     <w:rsid w:val="006227BB"/>
     <w:rsid w:val="00622E65"/>
     <w:rsid w:val="006471B9"/>
     <w:rsid w:val="00650B87"/>
     <w:rsid w:val="0065294C"/>
     <w:rsid w:val="0065416C"/>
     <w:rsid w:val="00655273"/>
-    <w:rsid w:val="00664437"/>
     <w:rsid w:val="00665FB7"/>
     <w:rsid w:val="00673572"/>
     <w:rsid w:val="0067380B"/>
     <w:rsid w:val="00683921"/>
     <w:rsid w:val="006905AB"/>
     <w:rsid w:val="00690EB7"/>
     <w:rsid w:val="0069197E"/>
     <w:rsid w:val="006970EE"/>
     <w:rsid w:val="006A0372"/>
     <w:rsid w:val="006A68DA"/>
     <w:rsid w:val="006B1ADA"/>
     <w:rsid w:val="006C0E76"/>
     <w:rsid w:val="006C5386"/>
     <w:rsid w:val="006D2615"/>
     <w:rsid w:val="006D2E9F"/>
     <w:rsid w:val="006D30B3"/>
     <w:rsid w:val="006D377D"/>
     <w:rsid w:val="006D7AE7"/>
     <w:rsid w:val="006E0840"/>
     <w:rsid w:val="006F77D9"/>
     <w:rsid w:val="007036B4"/>
     <w:rsid w:val="0070462C"/>
     <w:rsid w:val="007058C2"/>
+    <w:rsid w:val="00706279"/>
     <w:rsid w:val="007136F1"/>
     <w:rsid w:val="00713E74"/>
     <w:rsid w:val="00715EFB"/>
     <w:rsid w:val="00721584"/>
     <w:rsid w:val="007327C7"/>
     <w:rsid w:val="00741D20"/>
     <w:rsid w:val="00743F9E"/>
     <w:rsid w:val="00747182"/>
     <w:rsid w:val="007475BB"/>
     <w:rsid w:val="00747FDA"/>
     <w:rsid w:val="00766272"/>
     <w:rsid w:val="0076692A"/>
     <w:rsid w:val="007707DB"/>
     <w:rsid w:val="00786969"/>
     <w:rsid w:val="00791F69"/>
     <w:rsid w:val="00794928"/>
     <w:rsid w:val="007A0F10"/>
     <w:rsid w:val="007A32BD"/>
     <w:rsid w:val="007A6586"/>
     <w:rsid w:val="007C4630"/>
     <w:rsid w:val="007E65D9"/>
     <w:rsid w:val="007F1E7A"/>
     <w:rsid w:val="007F4D97"/>
     <w:rsid w:val="008017B1"/>
     <w:rsid w:val="0081292B"/>
     <w:rsid w:val="008242E6"/>
     <w:rsid w:val="00831B45"/>
+    <w:rsid w:val="00845415"/>
     <w:rsid w:val="00845C34"/>
     <w:rsid w:val="00847641"/>
     <w:rsid w:val="008507B5"/>
     <w:rsid w:val="00857F23"/>
     <w:rsid w:val="0086031A"/>
     <w:rsid w:val="0086156D"/>
     <w:rsid w:val="00870D1B"/>
-    <w:rsid w:val="0087654A"/>
     <w:rsid w:val="0089588F"/>
     <w:rsid w:val="00896824"/>
     <w:rsid w:val="008A02F0"/>
     <w:rsid w:val="008A47EB"/>
     <w:rsid w:val="008B2115"/>
     <w:rsid w:val="008B66CA"/>
     <w:rsid w:val="008B6A72"/>
     <w:rsid w:val="008B7DB5"/>
     <w:rsid w:val="008C24ED"/>
     <w:rsid w:val="008D652A"/>
     <w:rsid w:val="008D6777"/>
     <w:rsid w:val="008E2C56"/>
     <w:rsid w:val="00913F9F"/>
     <w:rsid w:val="00915C09"/>
     <w:rsid w:val="00915F22"/>
     <w:rsid w:val="00916132"/>
     <w:rsid w:val="0091714C"/>
+    <w:rsid w:val="00930008"/>
     <w:rsid w:val="00951A10"/>
     <w:rsid w:val="00965081"/>
     <w:rsid w:val="00965514"/>
     <w:rsid w:val="0097509D"/>
     <w:rsid w:val="00977BA1"/>
     <w:rsid w:val="00983157"/>
     <w:rsid w:val="009836E5"/>
     <w:rsid w:val="0098533E"/>
     <w:rsid w:val="0099304B"/>
     <w:rsid w:val="009955ED"/>
     <w:rsid w:val="009B61EB"/>
     <w:rsid w:val="009C0CE0"/>
     <w:rsid w:val="009D1C81"/>
     <w:rsid w:val="009D2A6F"/>
     <w:rsid w:val="009D5AAB"/>
     <w:rsid w:val="009D7A7F"/>
     <w:rsid w:val="009E38DF"/>
     <w:rsid w:val="009E3CB8"/>
     <w:rsid w:val="009F7DDD"/>
     <w:rsid w:val="00A0460B"/>
     <w:rsid w:val="00A05AA2"/>
     <w:rsid w:val="00A05B3C"/>
     <w:rsid w:val="00A06E68"/>
     <w:rsid w:val="00A233AE"/>
     <w:rsid w:val="00A250A8"/>
     <w:rsid w:val="00A2524E"/>
     <w:rsid w:val="00A4277B"/>
+    <w:rsid w:val="00A43155"/>
     <w:rsid w:val="00A50865"/>
     <w:rsid w:val="00A53B57"/>
     <w:rsid w:val="00A57E18"/>
     <w:rsid w:val="00A66D41"/>
     <w:rsid w:val="00A722FC"/>
     <w:rsid w:val="00A922CD"/>
     <w:rsid w:val="00A97557"/>
     <w:rsid w:val="00AB0445"/>
     <w:rsid w:val="00AC2894"/>
     <w:rsid w:val="00AC2AD1"/>
     <w:rsid w:val="00AC3B1F"/>
     <w:rsid w:val="00AC4823"/>
     <w:rsid w:val="00AD138A"/>
     <w:rsid w:val="00AE2E20"/>
     <w:rsid w:val="00AE667C"/>
     <w:rsid w:val="00AF2A7B"/>
     <w:rsid w:val="00AF3FCA"/>
     <w:rsid w:val="00B009CA"/>
     <w:rsid w:val="00B04087"/>
     <w:rsid w:val="00B0679C"/>
     <w:rsid w:val="00B073B6"/>
     <w:rsid w:val="00B07E88"/>
     <w:rsid w:val="00B106EC"/>
     <w:rsid w:val="00B12141"/>
     <w:rsid w:val="00B1490D"/>
@@ -8925,53 +8775,55 @@
     <w:rsid w:val="00BA358D"/>
     <w:rsid w:val="00BA4932"/>
     <w:rsid w:val="00BA7EA6"/>
     <w:rsid w:val="00BC0C16"/>
     <w:rsid w:val="00BC13A4"/>
     <w:rsid w:val="00BC52CF"/>
     <w:rsid w:val="00BD3F47"/>
     <w:rsid w:val="00BD5408"/>
     <w:rsid w:val="00BD70FD"/>
     <w:rsid w:val="00BF5835"/>
     <w:rsid w:val="00BF6FB8"/>
     <w:rsid w:val="00C10687"/>
     <w:rsid w:val="00C31D90"/>
     <w:rsid w:val="00C35FFE"/>
     <w:rsid w:val="00C40976"/>
     <w:rsid w:val="00C42318"/>
     <w:rsid w:val="00C435C2"/>
     <w:rsid w:val="00C437D8"/>
     <w:rsid w:val="00C55153"/>
     <w:rsid w:val="00C62CA5"/>
     <w:rsid w:val="00C63E7B"/>
     <w:rsid w:val="00C71F5E"/>
     <w:rsid w:val="00C80935"/>
     <w:rsid w:val="00C81413"/>
     <w:rsid w:val="00C9580F"/>
+    <w:rsid w:val="00CB17FD"/>
     <w:rsid w:val="00CB452C"/>
     <w:rsid w:val="00CB642C"/>
     <w:rsid w:val="00CB7B11"/>
+    <w:rsid w:val="00CC2AE7"/>
     <w:rsid w:val="00CD2008"/>
     <w:rsid w:val="00CD7302"/>
     <w:rsid w:val="00CE627E"/>
     <w:rsid w:val="00CF0A89"/>
     <w:rsid w:val="00CF0FBD"/>
     <w:rsid w:val="00CF23C7"/>
     <w:rsid w:val="00CF5FCF"/>
     <w:rsid w:val="00D03FFF"/>
     <w:rsid w:val="00D06D62"/>
     <w:rsid w:val="00D1122F"/>
     <w:rsid w:val="00D14B8C"/>
     <w:rsid w:val="00D2288F"/>
     <w:rsid w:val="00D229BE"/>
     <w:rsid w:val="00D230E1"/>
     <w:rsid w:val="00D312AC"/>
     <w:rsid w:val="00D33B8E"/>
     <w:rsid w:val="00D43419"/>
     <w:rsid w:val="00D449C3"/>
     <w:rsid w:val="00D47463"/>
     <w:rsid w:val="00D50AD8"/>
     <w:rsid w:val="00D62CBD"/>
     <w:rsid w:val="00D7579E"/>
     <w:rsid w:val="00D81EFC"/>
     <w:rsid w:val="00D8431E"/>
     <w:rsid w:val="00D859BF"/>
@@ -8982,114 +8834,115 @@
     <w:rsid w:val="00D946F2"/>
     <w:rsid w:val="00D95D08"/>
     <w:rsid w:val="00DA2112"/>
     <w:rsid w:val="00DA7D0E"/>
     <w:rsid w:val="00DC0207"/>
     <w:rsid w:val="00DC4108"/>
     <w:rsid w:val="00DC618D"/>
     <w:rsid w:val="00DC7F87"/>
     <w:rsid w:val="00DD1FB0"/>
     <w:rsid w:val="00DD4CE3"/>
     <w:rsid w:val="00DE50E2"/>
     <w:rsid w:val="00DF19D4"/>
     <w:rsid w:val="00DF3F33"/>
     <w:rsid w:val="00E008FA"/>
     <w:rsid w:val="00E03223"/>
     <w:rsid w:val="00E07FB1"/>
     <w:rsid w:val="00E25E74"/>
     <w:rsid w:val="00E31672"/>
     <w:rsid w:val="00E31A64"/>
     <w:rsid w:val="00E3374B"/>
     <w:rsid w:val="00E42725"/>
     <w:rsid w:val="00E42F73"/>
     <w:rsid w:val="00E61EF7"/>
     <w:rsid w:val="00E70187"/>
     <w:rsid w:val="00E72E92"/>
-    <w:rsid w:val="00E86866"/>
     <w:rsid w:val="00E871F9"/>
     <w:rsid w:val="00E92DA4"/>
     <w:rsid w:val="00E93B74"/>
     <w:rsid w:val="00EA0B25"/>
     <w:rsid w:val="00EA3C67"/>
     <w:rsid w:val="00EA5AAC"/>
     <w:rsid w:val="00EA6865"/>
     <w:rsid w:val="00ED4D62"/>
     <w:rsid w:val="00EE4736"/>
     <w:rsid w:val="00EF5C36"/>
     <w:rsid w:val="00EF61C4"/>
     <w:rsid w:val="00F01E84"/>
     <w:rsid w:val="00F0270A"/>
+    <w:rsid w:val="00F061FB"/>
     <w:rsid w:val="00F07332"/>
     <w:rsid w:val="00F26CFF"/>
     <w:rsid w:val="00F3270C"/>
     <w:rsid w:val="00F41DE4"/>
     <w:rsid w:val="00F42B8C"/>
     <w:rsid w:val="00F52281"/>
     <w:rsid w:val="00F561FB"/>
     <w:rsid w:val="00F60D01"/>
     <w:rsid w:val="00F63C10"/>
     <w:rsid w:val="00F679F6"/>
     <w:rsid w:val="00F70DB9"/>
     <w:rsid w:val="00F7614B"/>
     <w:rsid w:val="00F76950"/>
     <w:rsid w:val="00F82A2C"/>
     <w:rsid w:val="00F87E78"/>
     <w:rsid w:val="00F91D08"/>
     <w:rsid w:val="00FB14BF"/>
     <w:rsid w:val="00FB29D2"/>
     <w:rsid w:val="00FB4D3D"/>
     <w:rsid w:val="00FC4DDD"/>
     <w:rsid w:val="00FC5BF0"/>
+    <w:rsid w:val="00FE2AD3"/>
     <w:rsid w:val="00FE399D"/>
     <w:rsid w:val="00FE3F25"/>
     <w:rsid w:val="00FE691C"/>
     <w:rsid w:val="00FF0CB1"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="2D80FDB7"/>
+  <w14:docId w14:val="5E92F047"/>
   <w15:docId w15:val="{24B95354-3CCF-4AD3-81CE-7F181FEC9AE0}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -9893,51 +9746,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1839806351">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -10185,375 +10038,84 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...10 lines deleted...]
-
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...219 lines deleted...]
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{80B94746-049B-4D34-99CE-553F8F51A369}">
-[...42 lines deleted...]
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D709F483-B107-4C38-B0EC-A03A88A0842E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>762</Words>
-  <Characters>4344</Characters>
+  <Words>751</Words>
+  <Characters>4285</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>4</DocSecurity>
-  <Lines>36</Lines>
+  <DocSecurity>0</DocSecurity>
+  <Lines>35</Lines>
   <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>South West Yorkshire NHS Foundation Trust</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5096</CharactersWithSpaces>
+  <CharactersWithSpaces>5026</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>Clayton Rachel</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
-
-[...6 lines deleted...]
-</file>